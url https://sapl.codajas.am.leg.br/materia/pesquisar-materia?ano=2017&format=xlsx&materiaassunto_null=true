--- v0 (2025-12-08)
+++ v1 (2026-03-30)
@@ -54,120 +54,120 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>REQUERIMENTO CONJUNTO</t>
   </si>
   <si>
     <t>MARIO HELITO DE SOUZA MACIEL, VANDERLEY BASTOS LIMA</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2017/100/01.17_vanderley_e_mario.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2017/100/01.17_vanderley_e_mario.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Prefeito de Codajás para estudo e análise orçamentária para o exercício 2018 para realização de obras no Distrito do Povoado do Badajós.</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>IDC</t>
   </si>
   <si>
     <t>INDICAÇÃO CONJUNTA</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2017/71/01.17.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2017/71/01.17.pdf</t>
   </si>
   <si>
     <t>Indica a necessidade de realização de ações úteis bem como de construções para a Comunidade Bom Jardim.</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2017/72/02.17.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2017/72/02.17.pdf</t>
   </si>
   <si>
     <t>Indica a necessidade de medidas úteis bem como de construções para a Comunidade São Pedro do Cunuarú.</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2017/73/03.17.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2017/73/03.17.pdf</t>
   </si>
   <si>
     <t>Indica a necessidade de ações a serem realizadas para atender as reivindicações do povo na comunidade de São Sebastião.</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>ELIANGELO OLIVEIRA DE LIMA, VANDERLEY BASTOS LIMA</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2017/86/6.17.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2017/86/6.17.pdf</t>
   </si>
   <si>
     <t>Indica a necessidade de aquisição de pequenos tratores agrículas para os agricultores do ramal do Araça, ramal do Moadir e Ramal do Formoso.</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>CLEMYSON MARQUES ANTUNES, ELIANGELO OLIVEIRA DE LIMA, EVANDRO DELMIRO FEITOSA, ISAIAS VICENTE DE SOUZA, MARIA DE MATOS BARBOSA, MARIO HELITO DE SOUZA MACIEL, RAUCIELE FERREIRA DA NATIVIDADE, SIDNEY HERNANI DE OLIVEIRA, VALCIRAN CARDOSO DE QUEIROZ, VANDERLEY BASTOS LIMA, ZENEIDE GUIMARAES COSTA</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2017/90/indicacao_cosntrucao_poco_2017.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2017/90/indicacao_cosntrucao_poco_2017.pdf</t>
   </si>
   <si>
     <t>Indica a necessidade da construção de um poço artesiano de 50 metros no bairro Bela Vista</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -474,68 +474,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2017/100/01.17_vanderley_e_mario.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2017/71/01.17.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2017/72/02.17.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2017/73/03.17.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2017/86/6.17.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2017/90/indicacao_cosntrucao_poco_2017.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2017/100/01.17_vanderley_e_mario.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2017/71/01.17.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2017/72/02.17.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2017/73/03.17.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2017/86/6.17.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2017/90/indicacao_cosntrucao_poco_2017.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="102.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="101.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="135.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>