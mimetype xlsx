--- v0 (2026-01-27)
+++ v1 (2026-03-30)
@@ -54,1747 +54,1747 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>PROJETO DE DECRETO LEGISLATIVO</t>
   </si>
   <si>
     <t>ELIANGELO OLIVEIRA DE LIMA</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/235/pjdl_001.2021.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/235/pjdl_001.2021.pdf</t>
   </si>
   <si>
     <t>Outorga ao senhor FRANCISCO PLÍNIO VALÉRIO TOMAZ o título de cidadão honorário do município de Codajás e dá outras providências.</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>VALCIFRAN DE ASSIS GONÇALVES</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/240/pdl_002.2021.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/240/pdl_002.2021.pdf</t>
   </si>
   <si>
     <t>Outorga ao Senhor RAIMUNDO GONÇALO DE LIMA o título de cidadão honorário do Município de Codajás e dá outras providências.</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>VANDERLEY BASTOS LIMA</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/241/pjdl_003.2021.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/241/pjdl_003.2021.pdf</t>
   </si>
   <si>
     <t>Outorga ao Senhor SEBASTIÃO DE OLIVEIRA PINHEIRO, o título de cidadão honorário do município de Codajás e dá outras providências.</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/242/pdl004.2021.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/242/pdl004.2021.pdf</t>
   </si>
   <si>
     <t>Outorga ao Senhor ADONIAS COELHO DE SOUZA o título de cidadão do município de Codajás e dá outras providências.</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/247/pdl_005.2021.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/247/pdl_005.2021.pdf</t>
   </si>
   <si>
     <t>Outorga ao Senhor JOSÉ CLEBER DE SOUZA RAMOS o título de cidadão honorário do município de Codajás e dá outras providências.</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>ALINE DAIANE ROSA DE SOUZA</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/248/pjdl_006.2021.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/248/pjdl_006.2021.pdf</t>
   </si>
   <si>
     <t>Outorga ao Senhor SIDINEY SANTOS DA SILVA o título de cidadão honorário do município de Codajás e dá outras providências.</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/106/pjlo_001-2021.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/106/pjlo_001-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a proibição da venda e de uso de cerol, “linha chilena” e de qualquer outra substância nas linhas utilizadas para soltura de pipas, papagaios e similares que contenham produto ou substância de efeito cortante, bem como vidro moído, misturado ou não com cola. Em áreas públicas e de uso comum.</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
     <t>PREFEITO</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/107/pjlo_002-2021.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/107/pjlo_002-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a reestruturação do conselho municipal de acompanhamento e controle social do fundo de manutenção e desenvolvimento da educação básica e de valorização dos profissionais da educação - CACS/FUNDED.</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/108/pjlo_003-21.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/108/pjlo_003-21.pdf</t>
   </si>
   <si>
     <t>Autoriza o chefe do Executivo Municipal a conceder ao Senhor JOZENILSON LOPES DE PONTES  a título de DOAÇÃO de um lote de terra do patrimônio municipal e dá outras providências</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/109/pjlo_004-2021.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/109/pjlo_004-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza o chefe do Executivo Municipal a conceder ao Senhor JOZENILSON LOPES DE PONTES a título de DOAÇÃO de um lote de terra do patrimônio municipal e dá outras providências</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/110/pjlo_005-21.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/110/pjlo_005-21.pdf</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/174/pjlo_006-2021.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/174/pjlo_006-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a firmar convênios, contratos, com os governos federais, estadual, ministérios, autarquias, fundações, órgãos públicos e dá outras providências.</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>ALINE DAIANE ROSA DE SOUZA, CLEBERTON MARQUES ANTUNES, EVANDRO DELMIRO FEITOSA, VALCIFRAN DE ASSIS GONÇALVES, VANDERLEY BASTOS LIMA</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/175/pjlo_007-2021.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/175/pjlo_007-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe que estabelecimentos hospitalares da rede pública estabelecidos no município de Codajás devem permitir a presença de "doulas" durante todo o período de pré-natal, parto e pós-parto imediato, sempre que solicitado pela parturiente.</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/176/pjlo_008-2021.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/176/pjlo_008-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de afixação e aviso sobre os direitos da gestante e acompanhante durante o trabalho de pré-natal, parto e pós parto no âmbito do Município.</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/186/plo_009.2021.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/186/plo_009.2021.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir no orçamento vigente do município, crédito especial no valor de R$ 100.000,00 (cem mil reais) e dá outras providências.</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/187/pjlo_010.2021.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/187/pjlo_010.2021.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir no orçamento vigente do município, crédito especial no valor de R$ 250.000,00 (duzentos e cinquenta mil reais) e dá outras providências.</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/188/pjlo_011.2021.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/188/pjlo_011.2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para a elaboração da Lei Orçamentária de 2022 e dá outras providências.</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/209/pjlo_012.2021.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/209/pjlo_012.2021.pdf</t>
   </si>
   <si>
     <t>Autoriza o Chefe do Executivo Municipal a comprar de um imóvel (terreno) para fins de instalação portuária, escola, unidade básica de saúde, posto da guarda municipal, complexo esportivo, construção de casas populares e dá outras providências.</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>ROBERTO SILVIO MARQUES VENANCIO, VALCIFRAN DE ASSIS GONÇALVES</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/223/pl_013.2021.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/223/pl_013.2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de mecanismo de prevenção às drogas de forma contínua nas escolas municipais de ensino fundamental e dá outras providências</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>ALINE DAIANE ROSA DE SOUZA, MARIA DE MATOS BARBOSA, NICOLE KATLLEN DE SOUZA MIRANDA, ZENEIDE GUIMARAES COSTA</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/224/pl_014.2021.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/224/pl_014.2021.pdf</t>
   </si>
   <si>
     <t>Institui o programa de incentivo à capacitação e contratação de mulheres vítimas de violências no município de Codajás/AM e dá outras providências.</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/236/pjlo_015.2021.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/236/pjlo_015.2021.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo  a outorgar a empresa IHS BRASIL - CESSÃO DE INFRAESTRUTURA S/A., sob a forma de permissão de uso, a área de Patrimônio do Município, para fins de instalação de infraestrutura de suporte para estação trasmissora de radiocomunicação - ERT.</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/237/pjlo_016.2021.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/237/pjlo_016.2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a divulgação da listagem de medicamentos disponíveis e indisponíveis na rede municipal de saúde no município de Codajás e dá outras providências.</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/238/pjlo_017.2021.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/238/pjlo_017.2021.pdf</t>
   </si>
   <si>
     <t>Altera na forma que especifica a Lei nº 079 de 20 de outubro de 1997 que dispõe sobre a criação do Conselho Municipal de Assistência Social, CMAS e dá outras providências.</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/239/pjlo_018.2021.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/239/pjlo_018.2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano Plurianual do Município de Codajás de Codajás para o período 2022-2025.</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/243/pjlo_019.2021.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/243/pjlo_019.2021.pdf</t>
   </si>
   <si>
     <t>Dispõe a obrigatoriedade e divulgação de listagens de cadastro de pacientes que aguardam por consultas com especialistas, exames e cirurgias na rede pública municipal de Codajás e dá outras providências.</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/246/pjlo020.2021.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/246/pjlo020.2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração e aperfeiçoamento da Lei Municipal n. 356 de 28 de outubro de 2015 da Guarda Civil Municipal de Codajás.</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/249/pjlo_021.2021_-_loa.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/249/pjlo_021.2021_-_loa.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do orçamento anual do município de Codajás para o exercício financeiro de 2022.</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/251/pjlo_022.2021.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/251/pjlo_022.2021.pdf</t>
   </si>
   <si>
     <t>Regulamenta a atuação da Guarda Civil Municipal de Codajás e dá outras providências.</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/252/pjlc_001.2021.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/252/pjlc_001.2021.pdf</t>
   </si>
   <si>
     <t>Altera o anexo único da Lei Complementar n.º 007/2013 de 02 de maio de 2013 que "criou no plano de carreira dos servidores públicos do Poder Executivo e Legislativo do município de Codajás - Lei Complementar n.º 001/2002 o cargo de provimento em comissão de assessor jurídico municipal e dá outras providências.</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/253/pjlc_002.2021.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/253/pjlc_002.2021.pdf</t>
   </si>
   <si>
     <t>Altera o anexo único da Lei n.º 313/2012 de 05 de dezembro de 2012 que "criou a controladoria geral do município de Codajás" - Lei Complementar n.º 001/2002 o cargo de provimento em comissão de controlador geral e dá outras providências.</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>MOÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/197/mocao_de_repudio_001-2021.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/197/mocao_de_repudio_001-2021.pdf</t>
   </si>
   <si>
     <t>Moção de Repúdio 001/2021 - Em desfavor dos serviços prestados pela operadora Vivo no Municipio de Codajás.</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/198/mocao_de_repudio_002-2021.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/198/mocao_de_repudio_002-2021.pdf</t>
   </si>
   <si>
     <t>Moção de Repúdio 002/2021 - Em desfavor dos serviços prestados pela empresa concessionária Amazonas Energia no Município de Codajás.</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/185/mocao.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/185/mocao.pdf</t>
   </si>
   <si>
     <t>Moção de apoio ao Projeto de Lei nº 2564/2021 que altera a Lei nº 7.498/86 para instituir o piso salarial nacional e carga horária do enfermeiro, técnico de enfermagem e do auxiliar de enfermagem.</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
     <t>SAMUEL DE MORAIS PEREIRA</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/199/mocao_de_aplausos_001-2021.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/199/mocao_de_aplausos_001-2021.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos 001/2021 - À todos os Profissionais da Área da Saúde do Municipio de Codajás, neste momento de enfrentamento _x000D_
 mundial à Pandemia do Coronavírus (COVID-19), no qual externamos o nosso absoluto apoio solidariedade a todos esses dedicados profissionais.</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/202/mocao_de_aplausos_e_congratulacoes_002-2021.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/202/mocao_de_aplausos_e_congratulacoes_002-2021.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES 002/2021 - Aos alunos José Vitor Nunes da Costa, Nelice da Silva Ramos, Sérgio Lucas Barbosa Carvalho e à professora Elzilene Araújo, coordenadora do projeto “Laboratório Aberto: A importância da Experimentação no ensino de química”, que foram agraciados com a outorga de medalha e certificado durante a 19ª edição da Feira Brasileira de Ciências e Engenharia (Febrace), em março deste ano.</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
     <t>NICOLE KATLLEN DE SOUZA MIRANDA</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/213/mocao_de_aplausos_004.2021_-_nicole_souza.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/213/mocao_de_aplausos_004.2021_-_nicole_souza.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos 004/2021 - Ao Poder Executivo Municipal pela iniciativa do "Blitz da Saúde", estendendo aos demais profissionais da Saúde envolvidos na ação.</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
     <t>ROBERTO SILVIO MARQUES VENANCIO</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/220/mocao_de_aplausos_005.2021_-_silvio_e_valcifran.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/220/mocao_de_aplausos_005.2021_-_silvio_e_valcifran.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos 005/2021 - À todos os profissionais da Educação de Codajás, pelo desempenho prestado a educação em tempos de pandemia.</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/234/mocao_de_aplausos_005.2021_-_aline_rosa.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/234/mocao_de_aplausos_005.2021_-_aline_rosa.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS 005/2021 - AO SR. SERJHONES RODRIGUES CARVALHO POR IDEALIZAR A BANDA MARCIAL MANUEL CARVALHO, QUE NESTE ANO COMPLETA 10 ANOS DE ATUAÇÃO NA CIDADE DE CODAJÁS, ABRILHANTANDO O DESFILE DA SEMANA DA PÁTRIA EM NOSSA CIDADE</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
     <t>PAR</t>
   </si>
   <si>
     <t>PARECER</t>
   </si>
   <si>
     <t>CFO - COMISSÃO DE FINANÇAS E ORÇAMENTO</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/193/parecer_001-2021_cfo.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/193/parecer_001-2021_cfo.pdf</t>
   </si>
   <si>
     <t>Parecer 001/2021 - Autoriza o Poder Executivo a abrir, no orgamento vigente do município, Credito Especial no valor de R$ 100.000,00 (cem mil reais) e dá outras providencias.</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/</t>
+    <t>http://sapl.codajas.am.leg.br/media/</t>
   </si>
   <si>
     <t>Parecer 002/2021 - Autoriza o Poder Executivo a abrir, no orgamento vigente do município, Credito Especial no valor de R$ 250.000,00 (duzentos e cinquenta mil reais) e dá outras providencias.</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
     <t>CLJRF - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/195/parecer_009-2021_cljrf.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/195/parecer_009-2021_cljrf.pdf</t>
   </si>
   <si>
     <t>Parecer 009/2021 - Autoriza o Poder Executivo a abrir, no orçamento vigente do município, Credito Especial no valor de R$ 100.000,00 (cem mil reais) e dá outras providencias.</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/196/parecer_010-2021_cljrf.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/196/parecer_010-2021_cljrf.pdf</t>
   </si>
   <si>
     <t>Parecer 010/2021 - Autoriza o Poder Executivo a abrir, no orÇamento vigente do município, Credito Especial no valor de R$ 250.000,00 (duzentos e cinquenta mil reais) e dá outras providencias.</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
     <t>INDIC</t>
   </si>
   <si>
     <t>INDICAÇÃO VEREADOR(A)</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/115/01.02_0012021_aline.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/115/01.02_0012021_aline.pdf</t>
   </si>
   <si>
     <t>Indicação 001/2021 - Indica ao Chefe do Poder Executivo Municipal a necessidade de convênio com o INCRA e Receita Federal para criação de uma sala da cidadania em Codajás.</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/116/01.02_0022021_aline.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/116/01.02_0022021_aline.pdf</t>
   </si>
   <si>
     <t>Indicação 002/2021 - Indica ao Chefe do Poder Executivo Municipal o fornecimento de cesta básica para as famílias em situação de vulnerabilidade social.</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
     <t>MARIA DE MATOS BARBOSA</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/117/02.02_0012021_maria_de_matos.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/117/02.02_0012021_maria_de_matos.pdf</t>
   </si>
   <si>
     <t>Indicação 001/2021 - Indica ao Chefe do Poder Executivo Municipal a necessidade de ações a serem realizadas para atender as reivindicações do Distrito do Murituba.</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/118/08.02_0012021_silvio.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/118/08.02_0012021_silvio.pdf</t>
   </si>
   <si>
     <t>Indicação 001/2021 - Indica ao Chefe do Poder Executivo Municipal a necessidade de alunos de baixa renda que estudam em Manaus nível superior.</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/119/08.02_0022021_silvio.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/119/08.02_0022021_silvio.pdf</t>
   </si>
   <si>
     <t>Indicação 002/2021 - Indica ao Chefe do Poder Executivo Municipal a necessidade de criação de um veículo de transmissão das sessões da Câmara: Página no facebook , youtube e via radio açaí FM.</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/120/08.02_0032021_silvio.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/120/08.02_0032021_silvio.pdf</t>
   </si>
   <si>
     <t>Indicação 003/2021 - Indica ao Chefe do Poder Executivo Municipal a necessidade de construção de um flutuante do agricultor reaproveitando a balsa do antigo porto do Município.</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
     <t>MARIO HELITO DE SOUZA MACIEL</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/121/18.02_0022021_mario_helito.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/121/18.02_0022021_mario_helito.pdf</t>
   </si>
   <si>
     <t>Indicação 002/2021 - Indica ao Chefe do Poder Executivo Municipal a construção de um poço artesiano no bairro Nova Conquista.</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/122/19.02_0012021_mario_helito.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/122/19.02_0012021_mario_helito.pdf</t>
   </si>
   <si>
     <t>Indicação 001/2021 - Indica ao Chefe do Poder Executivo Municipal a construção de um poço no bairro Bela Vista.</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/123/22.02_0042021_aline.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/123/22.02_0042021_aline.pdf</t>
   </si>
   <si>
     <t>Indicação 004/2021 - Indica ao Chefe do Poder Executivo Municipal a criação do programa menor aprendiz</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/124/22.02_0042021_silvio.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/124/22.02_0042021_silvio.pdf</t>
   </si>
   <si>
     <t>Indicação 004/2021 - Indica ao Chefe do Poder Executivo Municipal a necessidade de criação-construção de postos policiais e da guarda municipal nos bairros do município</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/125/22.02_0052021_aline.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/125/22.02_0052021_aline.pdf</t>
   </si>
   <si>
     <t>Indicação 005/2021 - Indica ao Chefe do Poder Executivo Municipal a perfuração de um poço na comunidade terra preta</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/126/22.02_0062021_aline.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/126/22.02_0062021_aline.pdf</t>
   </si>
   <si>
     <t>Indicação 006/2021 - Indica ao Chefe do Poder Executivo Municipal a aquisição de um aterro sanitánio no Município.</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/127/22.02_0072021_aline.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/127/22.02_0072021_aline.pdf</t>
   </si>
   <si>
     <t>Indicação 007/2021 - Indica ao Chefe do Poder Executivo Municipal a implantação de um abatedouro público no Município.</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/128/22.02_0082021_aline.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/128/22.02_0082021_aline.pdf</t>
   </si>
   <si>
     <t>Indicação 008/2021 - Indica ao Chefe do Poder Executivo Municipal a aquisição de um porto flutuante no bairro bela vista.</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/129/22.02_0092021_aline.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/129/22.02_0092021_aline.pdf</t>
   </si>
   <si>
     <t>Indicação 009/2021 - Indica ao Chefe do Poder Executivo Municipal a importância da realização uma ação conjunta entre as secretarias pertinentes para o reordenamento do lixão em Codajás.</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/130/22.02_0102021_aline.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/130/22.02_0102021_aline.pdf</t>
   </si>
   <si>
     <t>Indicação 010/2021 - Indica ao Chefe do Poder Executivo Municipal a necessidade de viabilizar em caráter de urgência a substituição de lâmpadas queimadas novas na feira do laguinho e ponte plínio coêlho</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/131/22.02_0112021_aline.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/131/22.02_0112021_aline.pdf</t>
   </si>
   <si>
     <t>Indicação 011/2021 - Indica ao Chefe do Poder Executivo Municipal a criação de um convênio com instituições para tratamento de dependentes químicos na capital e assistencialismo as famílias.</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/132/22.02_0122021_valcifran.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/132/22.02_0122021_valcifran.pdf</t>
   </si>
   <si>
     <t>Indicação 012/2021 - Indica ao Chefe do Poder Executivo Municipal a compra de uma caixa d'agua para o bairro PETI.</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/133/01.03_0022021_valcifran_assis.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/133/01.03_0022021_valcifran_assis.pdf</t>
   </si>
   <si>
     <t>Indicação nº 002/2021 - Indica ao Chefe do Poder Executivo Municipal a manutenção e ampliação da casa de farinha do bairro do Laguinho</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/134/01.03_0032021_valcifran.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/134/01.03_0032021_valcifran.pdf</t>
   </si>
   <si>
     <t>Indicação nº 003/2021 - Indica ao Chefe do Poder Executivo Municipal a perfuração de um poço artesiano no final da Rua Dom Mario no bairro do Laguinho.</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/135/01.03_0122021_aline.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/135/01.03_0122021_aline.pdf</t>
   </si>
   <si>
     <t>Indicação nº 012/2021 - Indica ao Chefe do Poder Executivo Municipal a requalificação da ponte Plínio Coelho</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/136/01.03_0132021_aline.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/136/01.03_0132021_aline.pdf</t>
   </si>
   <si>
     <t>Indicação nº 013/2021 - Indica ao Chefe do Poder Executivo Municipal a necessidade de iluminação pública no bairro Nova Conquista</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/137/01.03_0142021_aline.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/137/01.03_0142021_aline.pdf</t>
   </si>
   <si>
     <t>Indicação nº 014/2021 - Indica ao Chefe do Poder Executivo Municipal que seja feita uma parceria com produtores de açaí para fornecimento do produto as escolas municipais.</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/138/01.03_0152021_aline.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/138/01.03_0152021_aline.pdf</t>
   </si>
   <si>
     <t>Indicação nº 015/2021 - Indica ao Chefe do Poder Executivo Municipal a atualização do plano de cargos e salários dos profissionais de saúde.</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/139/08.03_0032021_mario_helito.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/139/08.03_0032021_mario_helito.pdf</t>
   </si>
   <si>
     <t>Indicação nº 003/2021 - Indica ao Chefe do Poder Executivo Municipal a pavimentação do bairro Bela Vista.</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/140/08.03_0042021_mario_helito.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/140/08.03_0042021_mario_helito.pdf</t>
   </si>
   <si>
     <t>Indicação nº 004/2021 - Indica ao Chefe do Poder Executivo Municipal a pavimentação do bairro minha casa minha vida.</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/141/08.03_0052021_mario_helito.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/141/08.03_0052021_mario_helito.pdf</t>
   </si>
   <si>
     <t>Indicação nº 005/2021 - Indica ao Chefe do Poder Executivo Municipal a pavimentação do bairro Nova Conquista.</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/142/16.03_0012021_eliangelo.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/142/16.03_0012021_eliangelo.pdf</t>
   </si>
   <si>
     <t>Indicação nº 001/2021 - Indica a necessidade de reforma nas pontes de madeira ponto Plínio Coelho da Rua Beira Rio bairro Laguinho.</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/143/15.03_0022021_eliangelo.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/143/15.03_0022021_eliangelo.pdf</t>
   </si>
   <si>
     <t>Indicação nº 002/2021 - Indica a necessidade de manutenção de tapa buraco na estrada Codajás/Anori.</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/144/15.03_0032021_eliangelo.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/144/15.03_0032021_eliangelo.pdf</t>
   </si>
   <si>
     <t>Indicação nº 003/2021 - Indica um incinerador e de lixo e resíduos hospitalar.</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/145/22.03_0012021_nicole.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/145/22.03_0012021_nicole.pdf</t>
   </si>
   <si>
     <t>Indicação nº 001/2021 - Indica ao Prefeito Municipal que adote medidas necessárias para a vacinação dos profissionais de educação das redes de ensino infantil, fundamental e médio do Município de Codajás.</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/146/22.03_0022021_maria_de_matos.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/146/22.03_0022021_maria_de_matos.pdf</t>
   </si>
   <si>
     <t>Indicação nº 002/2021 - Indica ao Chefe do Poder Executivo Municipal a necessidade de ações de limpeza de 19 ramais da estrada Ozias Monteiro</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/147/23.03_0162021_aline.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/147/23.03_0162021_aline.pdf</t>
   </si>
   <si>
     <t>Indicação nº 016/2021 - Indica ao Chefe do Poder Executivo Municipal a necessidade de viabilizar em caráter de urgência iluminação pública para o bairro Bela Vista, principalmente na entrada do bairro e substituição de lâmpadas queimadas por novas no Centro Cultural.</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/148/23.03_0172021_aline.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/148/23.03_0172021_aline.pdf</t>
   </si>
   <si>
     <t>Indicação nº 017/2021 - Indica ao Chefe do Poder Executivo Municipal a parceria com o Governo do Estado para que as comunidades sejam contempladas com o programa água doce dessalinização em comunidades de difícil acesso a água potável.</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/149/29.03_0052021_silvio.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/149/29.03_0052021_silvio.pdf</t>
   </si>
   <si>
     <t>Indicação nº 005/2021 - Indica ao Chefe do Poder Executivo Municipal a necessidade de perfuração de um poço artesiano (tubular) na comunidade do Povoado de Badajós.</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/150/05.04_0182021_aline.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/150/05.04_0182021_aline.pdf</t>
   </si>
   <si>
     <t>Indicação nº 018/2021 - Indica ao Chefe do Poder Executivo Municipal que seja inserido no Plano de Cargos e Carreira da Educação, os profissionais de psicologia e assistência social.</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/151/05.04_0192021_aline.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/151/05.04_0192021_aline.pdf</t>
   </si>
   <si>
     <t>Indicação nº 019/2021 - Indica ao Chefe do Poder Executivo Municipal que intensifique a vacinação no município e divulgue o plano municipal de vacinação, cronograma e informações pertinentes relacionadas a vacina da COVID e inclua o centro do idoso e Escolas Municipais como ponto de vacinação.</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/152/05.04_0202021_aline.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/152/05.04_0202021_aline.pdf</t>
   </si>
   <si>
     <t>Indicação nº 020/2021 - Indica ao Chefe do Poder Executivo Municipal a parceria com Governo Federal para adesão ao programa casa verde e amarela um programa que tem como objetivo promover o direito a moradia as famílias residentes em áreas urbanas.</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/153/05.04_0212021_aline.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/153/05.04_0212021_aline.pdf</t>
   </si>
   <si>
     <t>Indicação nº 021/2021 - Indica ao Chefe do Poder Legislativo a criação de um programa de qualificação profissional.</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/154/05.04_0222021_aline.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/154/05.04_0222021_aline.pdf</t>
   </si>
   <si>
     <t>Indicação nº 022/2021 - Indica ao Chefe do Poder Executivo Municipal a criação do PROCON municipal.</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/155/05.04_0232021_aline.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/155/05.04_0232021_aline.pdf</t>
   </si>
   <si>
     <t>Indicação nº 023/2021 - Indica ao Chefe do Poder Executivo Municipal a necessidade de manutenção e limpeza do cemitério municipal.</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/156/05.04_0242021_aline.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/156/05.04_0242021_aline.pdf</t>
   </si>
   <si>
     <t>Indicação nº 024/2021 - Indica ao Chefe do Poder Executivo Municipal a inserção dos profissionais de fonoaudilogia nas redes públicas de educação básica.</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/157/09.04_0252021_aline.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/157/09.04_0252021_aline.pdf</t>
   </si>
   <si>
     <t>Indicação nº 025/2021 - Indica ao Chefe do Poder Executivo Municipal a necessidade de fazer parceria com o CETAM para oferecer cursos de informática para professores e alunos das comunidades rurais, e disponibilizar alguns computadores para as escolas dessas zonas promovendo a inclusão digital e o uso pedagógico da informática nas escolas.</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/158/08.04_0262021_aline.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/158/08.04_0262021_aline.pdf</t>
   </si>
   <si>
     <t>Indicação nº 026/2021 - Indica ao Chefe do Poder Executivo Municipal a necessidade de viabilizar a substituição de lâmpadas queimadas por novas nas vias públicas da cidade, quadra de areia e quadra Meton Alencar (verificar a fiação da iluminação da quadra) para solucionar problemas sobre as queimas constantes de lâmpadas e fazer os devidos reparos.</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/159/12.04_0022021_nicole.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/159/12.04_0022021_nicole.pdf</t>
   </si>
   <si>
     <t>Indicação nº 002/2021 - Indica ao Chefe do Poder Executivo Municipal que adote as medidas necessárias para instalação de rede de iluminação pública na entrada do bairro Bela Vista.</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/160/12.04_0032021_nicole.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/160/12.04_0032021_nicole.pdf</t>
   </si>
   <si>
     <t>Indicação nº 003/2021 - Indica ao Chefe do Poder Executivo Municipal a distribuição gratuita de alimentos com recurso do PNAE aos alunos da rede municipal de ensino de modo a atender também as demandas da agricultura familiar local.</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/161/12.04_0272021_aline.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/161/12.04_0272021_aline.pdf</t>
   </si>
   <si>
     <t>Indicação nº 027/2021 - Indica ao Chefe do Poder Executivo Municipal a necessidade de viabilizar a feira do produtor rural para exposição de produtos do setor primário e piscicultura</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/162/19.04_0032021_maria_de_matos.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/162/19.04_0032021_maria_de_matos.pdf</t>
   </si>
   <si>
     <t>Indicação nº 003/2021 - Indica ao Chefe do Poder Executivo Municipal a necessidade da construção de um estacionamento na feira e mercado municipal.</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/163/19.04_0042021_maria_de_matos.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/163/19.04_0042021_maria_de_matos.pdf</t>
   </si>
   <si>
     <t>Indicação nº 004/2021 - Indica ao Chefe do Poder Executivo Municipal a necessidade de construção de esgotos em algumas ruas da cidade.</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/164/26.04_0012021_samuel.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/164/26.04_0012021_samuel.pdf</t>
   </si>
   <si>
     <t>Indicação nº 001/2021 - Indica ao Chefe do Poder Executivo Municipal utilizar-se do centro cultural Renato Farias como local de entretenimento visando as áreas de educação, cultura, esporte e lazer.</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/165/26.04_0282021_aline.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/165/26.04_0282021_aline.pdf</t>
   </si>
   <si>
     <t>Indicação nº 028/2021 - Indica ao Chefe do Poder Executivo Municipal a construção de pontes de madeira nas ruas alagadas dos bairros bela vista e nova conquista.</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
     <t>Indicação nº 029/2021 - Indica ao Chefe do Poder Executivo municipal a necessidade de viabilizar um galpão para dar apoio aos recicladores locais que não tem um local apropriado para armazenamento dos resíduos recicláveis.</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/168/ind._030.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/168/ind._030.pdf</t>
   </si>
   <si>
     <t>Indicação nº 030/2021 - Indica ao Chefe do Poder Executivo Municipal a necessidade de investir em energia sustentável através de painéis solares para economia de energia nos prédios públicos do Município.</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/169/ind._031.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/169/ind._031.pdf</t>
   </si>
   <si>
     <t>Indicação nº 031/2021 - Indica ao Chefe do Poder Executivo Municipal a necessidade de regulamentação e regimentarão da guarda municipal de Codajás</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/170/ind._032.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/170/ind._032.pdf</t>
   </si>
   <si>
     <t>Indicação nº 032/2021 - Indica ao Chefe do Poder Executivo Municipal a necessidade de instalação do gabinete de gestão integrada. Conforme Lei Municipal Complementar nº 009/2014.</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/171/ind._033.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/171/ind._033.pdf</t>
   </si>
   <si>
     <t>Indicação nº 033/2021 - Indica ao Chefe do Poder Executivo Municipal a necessidade de disponibilizar um local para a prática de atividades relacionadas a arte e cultura local, para ensaios de dança e apresentações, entre eles: a cultura hip hop, teatro e artistas do grafiti</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/172/ind._006_-_mario.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/172/ind._006_-_mario.pdf</t>
   </si>
   <si>
     <t>Indicação nº 006/2021 - Indica a o Chefe do Poder Executivo Municipal a necessidade de implantação de um hospital veterinário municipal com profissionais qualificados</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>EVANDRO DELMIRO FEITOSA, ZENEIDE GUIMARAES COSTA</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/177/indicacao_001.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/177/indicacao_001.pdf</t>
   </si>
   <si>
     <t>Indicação nº 001/2021 - Indica ao Chefe do Poder Executivo Municipal a necessidade da construção de uma ponte de madeira na comunidade do Urucurizinho.</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/179/indicacao_007.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/179/indicacao_007.pdf</t>
   </si>
   <si>
     <t>Indicação nº 007/2021 - Indica ao Chefe do Poder Executivo Municipal a necessidade de acessibilidade em postos públicos, para cadeirantes e pessoas com deficiências.</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/182/3.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/182/3.pdf</t>
   </si>
   <si>
     <t>Indicação nº 034/2021 - Indica ao Chefe do Poder Executivo Municipal a limpeza e roçagem do mato das ruas do bairro conhecido como nova conquista II</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/183/4.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/183/4.pdf</t>
   </si>
   <si>
     <t>Indicação nº 035/2021 - Indica ao Chefe do Poder Executivo Municipal a necessidade em oferecer treinamento e orientação aos profissionais da saúde e educação para atuarem como agentes de prevenção, visando identificar sinais de maus-tratos e abuso sexual praticados contra criança e adolescente e também de mulheres vítimas de violência doméstica.</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>Indicação 001/2021 - Indica ao Chefe do Poder Executivo Municipal a Construção de uma nova escola na Comunidade Vila Nova do Murituba.</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>Indicação 002/2021 - Indica ao Chefe do Poder executivo Municipal a utilização da Casa de Cultura Levy de Assis para exposição de artesãos, alfaiates/costureiras, artistas do grafite, artistas da dança e do teatro.</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/191/indicacao_003-2021_ver_samuel_morais.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/191/indicacao_003-2021_ver_samuel_morais.pdf</t>
   </si>
   <si>
     <t>Indicação 003/2021 - Indica ao Chefe do Poder Executivo Municipal a implantação de faixas de pedestres elevadas e placas de trânsito próximo as escolas e creches do município.</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/200/indicacao_005-2021_maria_crispim.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/200/indicacao_005-2021_maria_crispim.pdf</t>
   </si>
   <si>
     <t>Indicação 005/2021 - Indica ao Chefe do Poder Executivo a necessidade da reforma da ponte da Feira do Laguinho na descida da rua Costa e Silva/Beira Rio</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/201/indicacao_006-2021_maria_crispim.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/201/indicacao_006-2021_maria_crispim.pdf</t>
   </si>
   <si>
     <t>Indicação 006/2021 - Indica ao Chefe do Poder Executivo a necessidade de uma ação de reparo geral na Feira do bairro do Laguinho, localizada na rua Costa e Silva</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/203/indicacao_004-2021_samuel_morais.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/203/indicacao_004-2021_samuel_morais.pdf</t>
   </si>
   <si>
     <t>Indicação 004/2021  - Indica ao Chefe do Poder Executivo Municipal a necessidade de estruturação da Guarda Civil Municipal em Codajás</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
     <t>EVANDRO DELMIRO FEITOSA</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/204/indicacao_001-2021_ver_evandro_feitosa.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/204/indicacao_001-2021_ver_evandro_feitosa.pdf</t>
   </si>
   <si>
     <t>Indicação 001/2021 - Indica ao Chefe do Poder Executivo Municipal a necessidade de realização de estudos para viabilizar a reimplantação dos moveleiros do perímetro urbano para área própria destinada ao polo moveleiro, localizado no KM 06 da Estrada Ozias Monteiro</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/205/indicacao_004-2021_-_ver_samuel_morais.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/205/indicacao_004-2021_-_ver_samuel_morais.pdf</t>
   </si>
   <si>
     <t>Indicação 004/2021 - Indica ao Chefe do Poder Executivo Municipal a necessidade de estruturação da Guarda Civil Municipal em Codajás</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/206/indicacao_036-2021_-_ver._aline_rosa.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/206/indicacao_036-2021_-_ver._aline_rosa.pdf</t>
   </si>
   <si>
     <t>Indicação 036/2021 - Indica ao Chefe do Poder executivo Municipal o pagamento de adicional de insalubridade a todos os profissionais que perfazem tal direito.</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/208/indicacao_006-2021_ver_maria_crispim.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/208/indicacao_006-2021_ver_maria_crispim.pdf</t>
   </si>
   <si>
     <t>Indicação 006/2021 - Indica ao Chefe do Poder Executivo Municipal a necessidade de uma ação de revitalização do Parquinho situado na rua Tiradentes, Bairro PETI</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/210/indicacao_007.2021_-_ver._maria_crispim.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/210/indicacao_007.2021_-_ver._maria_crispim.pdf</t>
   </si>
   <si>
     <t>Indicação 007/2021 - Indica ao Chefe do Poder Executivo Municipal a necessidade de uma brigada de incêndio em Codajás.</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/211/indicacao_004.2021_-_ver_elinho_oliveira.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/211/indicacao_004.2021_-_ver_elinho_oliveira.pdf</t>
   </si>
   <si>
     <t>Indicação 004/2021 - Indica ao Chefe do Poder Executivo Municipal a necessidade de realização de concurso público para preenchimento de vagas no Poder Executivo.</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/212/indicacao_037.2021_-_ver._aline_rosa.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/212/indicacao_037.2021_-_ver._aline_rosa.pdf</t>
   </si>
   <si>
     <t>Indicação 037/2021 - Indica ao Chefe do Poder Executivo Municipal a necessidade de concretagem da Rua Luiz Pinheiro - em frente ao CETI.</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/214/indicacao_038.2021_-_aline_rosa.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/214/indicacao_038.2021_-_aline_rosa.pdf</t>
   </si>
   <si>
     <t>Indicação 038/2021 - Indica ao Chefe do Poder Executivo Municipal reforma no prédio onde está localizado a Secretaria de Produção</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/215/indicacao_039.2021_-_aline_rosa.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/215/indicacao_039.2021_-_aline_rosa.pdf</t>
   </si>
   <si>
     <t>Indicação 039/2021 - Indica ao Chefe do Poder Executivo Municipal a necessidade de instituir por meio de lei o Sistema de Auxílio para Tratamento Fora de Domicílio (TFD)&gt;</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/216/indicacao_002.2021_-_vanderley_lima.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/216/indicacao_002.2021_-_vanderley_lima.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO 002/2021 - Indica ao Chefe do Poder Executivo Municipal a necessidade de pavimentação da Rua Coronel rodrigues das Neves, trecho entre as ruas 15 de Novembro e Plínio Coelho, no bairro do Laguinho.</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/217/indicacao_040.2021_-_aline_rosa.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/217/indicacao_040.2021_-_aline_rosa.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO 040/2021 - Indica ao Chefe do Poder Executivo Municipal a necessidade de fornecer gratuitamente o uniforme escolar e materiais escolares para todos os estudantes da rede municipal de ensino de Codajás.</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/218/indicacao_041.2021_-_aline_rosa.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/218/indicacao_041.2021_-_aline_rosa.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO 041/2021 - Indica ao Chefe do Poder Executivo Municipal a necessidade de disponibilizar na sede da delegacia de Polícia Civil uma sala exclusiva para atendimento especializado a mulheres vítimas de violência no Município de Codajás.</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/219/indicacao_042.2021_-_aline_rosa.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/219/indicacao_042.2021_-_aline_rosa.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO 042/2021 - Indica ao Chefe do Poder Executivo Municipal a necessidade de melhorias no Centro de Referência e Monitoramento a Covid-19 no Município de Codajás</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/221/indicacao_008.2021_-_helito_maciel.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/221/indicacao_008.2021_-_helito_maciel.pdf</t>
   </si>
   <si>
     <t>Indicação 008/2021 - Indica ao Chefe do Poder Executivo Municipal a construção de um local no cemitério para armazenamento dos materiais de trabalho dos coveiros e designação de um vigia ao local.</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/222/indicacao_009.2021_-_helito_maciel.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/222/indicacao_009.2021_-_helito_maciel.pdf</t>
   </si>
   <si>
     <t>Indicação 009/2021 - Indica ao Chefe do Poder Executivo Municipal a concretagem da rua 15 de Novembro, desde o Centro Cultural, na esquina da rua Major Thury - Centro, até as proximidades da Feira da Baiúca, no bairro do Laguinho.</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/225/indicacao_008.2021_-_maria_crispim.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/225/indicacao_008.2021_-_maria_crispim.pdf</t>
   </si>
   <si>
     <t>Indicação 008/2021 - Indica ao Chefe do Poder Executivo a realização de concurso público para a Guarda Municipal de Codajás - AM</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/226/indicacao_043.2021_-_aline_rosa.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/226/indicacao_043.2021_-_aline_rosa.pdf</t>
   </si>
   <si>
     <t>Indicação 043/2021 - Indica ao Chefe do Poder Executivo Municipal a necessidade de melhorias na Escola Municipal D. Maria Braga, tais como: Ampliação do refeitório, construção de um estacionamento interno na lateral do prédio, implantação de playground para crianças e reforma do banheiro PNE.</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/227/indicacao_044.2021_-_aline_rosa.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/227/indicacao_044.2021_-_aline_rosa.pdf</t>
   </si>
   <si>
     <t>Indicação 044/2021 - Indica ao Chefe do Poder Executivo Municipal a distribuição de medicamentos para hipertensos, diabéticos e grávidas nas UBS. Atendidos (as) pelo Prgrama de Planejamento Familiar do SUS, cadastrados nas Unidades Básicas de Saúde de Codajás</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/228/indicacao_045.2021_-_aline_rosa.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/228/indicacao_045.2021_-_aline_rosa.pdf</t>
   </si>
   <si>
     <t>Indicação 045/2021 - Indica ao Chefe do Poder Executivo Municipal a perfuração de um poço artesiano na Comunidade do Capitari II.</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/229/indicacao_007.2021_-_elinho_oliveira.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/229/indicacao_007.2021_-_elinho_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO 007/2021 - INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE POÇO ARTESIANO NA COMUNIDADE TERRA NOVA NO SALSA</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/230/indicacao_008.2021_-_elinho_oliveira.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/230/indicacao_008.2021_-_elinho_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO 008/2021 - INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE POÇO ARTESIANO NA COMUNIDADE DO SALSA</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/231/indicacao_009.2021_-_elinho_oliveira.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/231/indicacao_009.2021_-_elinho_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO 009/2021 - INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE REFORMA NAS PONTES DE MADEIRA PLINIO COELHO E BEIRA RIO NO BAIRRO DO LAGUINHO</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/232/indicacao_046.2021_-_aline_daiane.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/232/indicacao_046.2021_-_aline_daiane.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO 046/2021 - INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE CONSTRUÇÃO DE UMA GALERIA PLUVIAL E UMA PAREDE DE CONTENÇÃO NA ÁREA QUE HOUVE DESLIZAMENTO DE TERRA NA ENTRADA DO BAIRRO BELA VISTA, E MELHORIAS NO ACESSO LOCAL</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/233/indicacao_008.2021_-_maria_de_matos.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/233/indicacao_008.2021_-_maria_de_matos.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO 008/2021 - INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE CRIAÇÃO DO CÓDIGO SANITÁRIO NO MUNICÍPIO DE CODAJÁS</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/348/indicacao_004.2021_nicole.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/348/indicacao_004.2021_nicole.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo municipal que tome as medidas necessárias para construção de uma praça cristã no município de Codajás</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
     <t>IDC</t>
   </si>
   <si>
     <t>INDICAÇÃO CONJUNTA</t>
   </si>
   <si>
     <t>ALINE DAIANE ROSA DE SOUZA, CLEBERTON MARQUES ANTUNES, EVANDRO DELMIRO FEITOSA, VALCIFRAN DE ASSIS GONÇALVES, VANDERLEY BASTOS LIMA, ZENEIDE GUIMARAES COSTA</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/111/01.02_0012021_aline_cleberton.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/111/01.02_0012021_aline_cleberton.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO 001/2021 - INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL A COLETA DE LIXO NO BAIRRO BELA VISTA</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
     <t>CLEBERTON MARQUES ANTUNES, VALCIFRAN DE ASSIS GONÇALVES</t>
   </si>
   <si>
     <t>INDICAÇÃO 001/2021 - Indica ao Chefe do Poder Executivo Municipal para a reforma estrutural da ponte de madeira localizada no final da Rua Costa e Silva, próxima a feira do bairro do laguinho</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
     <t>VALCIFRAN DE ASSIS GONÇALVES, ZENEIDE GUIMARAES COSTA</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/113/08.03_0012021_valcifran_e_zeneide.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/113/08.03_0012021_valcifran_e_zeneide.pdf</t>
   </si>
   <si>
     <t>Indicação 001/2021 - Indica ao Chefe do Poder Executivo Municipal para Construção de uma escola nos moldes padrão na comunidade Caiana I</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/114/16.04_0062021._silvio_e_valcifran.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/114/16.04_0062021._silvio_e_valcifran.pdf</t>
   </si>
   <si>
     <t>Indicação 001/2021 - Indica ao Chefe do Poder Executivo Municipal a necessidade de construção de uma UBS no bairro Bela Vista.</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
     <t>ALINE DAIANE ROSA DE SOUZA, CLEBERTON MARQUES ANTUNES, ELIANGELO OLIVEIRA DE LIMA, EVANDRO DELMIRO FEITOSA, MARIA DE MATOS BARBOSA, MARIO HELITO DE SOUZA MACIEL, ROBERTO SILVIO MARQUES VENANCIO, VALCIFRAN DE ASSIS GONÇALVES, VANDERLEY BASTOS LIMA, ZENEIDE GUIMARAES COSTA</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/166/indicacao_conjunto_002-2021.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/166/indicacao_conjunto_002-2021.pdf</t>
   </si>
   <si>
     <t>Indicação Conjunta nº 002/2021 - Indica ao Chefe do Poder Executivo Municipal a necessidade de fazer parcerias que serão formalizadas mediante celebração de convênio com a JUCEA, SEBRAE, SENAC e afins, para criação de uma sala do empreendedorismo em Codajás.</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
     <t>MARIO HELITO DE SOUZA MACIEL, SAMUEL DE MORAIS PEREIRA, VANDERLEY BASTOS LIMA</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/173/ind._conj_001_-_samuel_-_vanderley_-_mario_helito.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/173/ind._conj_001_-_samuel_-_vanderley_-_mario_helito.pdf</t>
   </si>
   <si>
     <t>Indicação Conjunta nº 001/2021 - Indica ao Chefe do Poder Executivo Municipal a continuação da ponte feita na rua Plínio Coelho até a casa de farinha e início da Rua Dom Mário.</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
     <t>MARIO HELITO DE SOUZA MACIEL, SAMUEL DE MORAIS PEREIRA</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/178/indicacao_002.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/178/indicacao_002.pdf</t>
   </si>
   <si>
     <t>Indicação nº 002/2021 - Indica ao Chefe do Poder Executivo Municipal a reforma e ampliação do centro cultural</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/180/1.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/180/1.pdf</t>
   </si>
   <si>
     <t>Indicação Conjunta nº 001/2021 - Indica ao Chefe do Poder Executivo Municipal a necessidade de reforma e implantação de iluminação do estádio Newton Machado.</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/181/2.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/181/2.pdf</t>
   </si>
   <si>
     <t>Indicação Conjunta nº 003/2021 - Indica ao Chefe do Poder Executivo Municipal a necessidade de câmeras em prédios público.</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/184/5.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/184/5.pdf</t>
   </si>
   <si>
     <t>Indicação Conjunta nº 007/2021 - Indica ao Chefe do Poder Executivo Municipal a necessidade de pagamento do terço de férias dos profissionais da educação da SEMED</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
     <t>MARIO HELITO DE SOUZA MACIEL, ELIANGELO OLIVEIRA DE LIMA, VANDERLEY BASTOS LIMA</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/207/indicacao_001-2021_mario_helito_vanderley_lima_eliangelo_oliveira.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/207/indicacao_001-2021_mario_helito_vanderley_lima_eliangelo_oliveira.pdf</t>
   </si>
   <si>
     <t>Indicação 001/2021 - Indica ao Chefe do Poder Executivo Municipal a necessidade de uma escadaria, uma unidade básica de saúde e a reforma na quadra no Povoado Badajós</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/245/indicacao_vereador.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/245/indicacao_vereador.pdf</t>
   </si>
   <si>
     <t>Indicação Conjunta 009.2021 - Indica ao Chefe do Poder Executivo Minicipal a necessidade de construção de uma escada no porto da feira do produtor no centro da cidade.</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
     <t>REQUE</t>
   </si>
   <si>
     <t>REQUERIMENTO VEREADOR(A)</t>
   </si>
   <si>
     <t>CLEBERTON MARQUES ANTUNES</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/192/requerimento_001-2021_-_ver_cleberton_antunes.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/192/requerimento_001-2021_-_ver_cleberton_antunes.pdf</t>
   </si>
   <si>
     <t>Requerimento 001/2021 - Realização de denúncia junto ao PROCON-AM contra a operadora de telefonia Móvel Vivo em Codajás pela má prestação de serviços.</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/244/requerimento_001.2021._aline.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/244/requerimento_001.2021._aline.pdf</t>
   </si>
   <si>
     <t>Solicitação de informações da Prefeitura.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2101,68 +2101,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/235/pjdl_001.2021.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/240/pdl_002.2021.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/241/pjdl_003.2021.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/242/pdl004.2021.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/247/pdl_005.2021.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/248/pjdl_006.2021.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/106/pjlo_001-2021.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/107/pjlo_002-2021.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/108/pjlo_003-21.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/109/pjlo_004-2021.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/110/pjlo_005-21.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/174/pjlo_006-2021.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/175/pjlo_007-2021.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/176/pjlo_008-2021.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/186/plo_009.2021.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/187/pjlo_010.2021.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/188/pjlo_011.2021.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/209/pjlo_012.2021.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/223/pl_013.2021.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/224/pl_014.2021.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/236/pjlo_015.2021.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/237/pjlo_016.2021.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/238/pjlo_017.2021.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/239/pjlo_018.2021.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/243/pjlo_019.2021.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/246/pjlo020.2021.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/249/pjlo_021.2021_-_loa.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/251/pjlo_022.2021.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/252/pjlc_001.2021.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/253/pjlc_002.2021.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/197/mocao_de_repudio_001-2021.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/198/mocao_de_repudio_002-2021.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/185/mocao.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/199/mocao_de_aplausos_001-2021.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/202/mocao_de_aplausos_e_congratulacoes_002-2021.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/213/mocao_de_aplausos_004.2021_-_nicole_souza.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/220/mocao_de_aplausos_005.2021_-_silvio_e_valcifran.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/234/mocao_de_aplausos_005.2021_-_aline_rosa.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/193/parecer_001-2021_cfo.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/195/parecer_009-2021_cljrf.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/196/parecer_010-2021_cljrf.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/115/01.02_0012021_aline.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/116/01.02_0022021_aline.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/117/02.02_0012021_maria_de_matos.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/118/08.02_0012021_silvio.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/119/08.02_0022021_silvio.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/120/08.02_0032021_silvio.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/121/18.02_0022021_mario_helito.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/122/19.02_0012021_mario_helito.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/123/22.02_0042021_aline.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/124/22.02_0042021_silvio.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/125/22.02_0052021_aline.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/126/22.02_0062021_aline.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/127/22.02_0072021_aline.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/128/22.02_0082021_aline.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/129/22.02_0092021_aline.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/130/22.02_0102021_aline.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/131/22.02_0112021_aline.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/132/22.02_0122021_valcifran.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/133/01.03_0022021_valcifran_assis.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/134/01.03_0032021_valcifran.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/135/01.03_0122021_aline.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/136/01.03_0132021_aline.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/137/01.03_0142021_aline.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/138/01.03_0152021_aline.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/139/08.03_0032021_mario_helito.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/140/08.03_0042021_mario_helito.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/141/08.03_0052021_mario_helito.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/142/16.03_0012021_eliangelo.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/143/15.03_0022021_eliangelo.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/144/15.03_0032021_eliangelo.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/145/22.03_0012021_nicole.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/146/22.03_0022021_maria_de_matos.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/147/23.03_0162021_aline.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/148/23.03_0172021_aline.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/149/29.03_0052021_silvio.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/150/05.04_0182021_aline.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/151/05.04_0192021_aline.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/152/05.04_0202021_aline.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/153/05.04_0212021_aline.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/154/05.04_0222021_aline.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/155/05.04_0232021_aline.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/156/05.04_0242021_aline.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/157/09.04_0252021_aline.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/158/08.04_0262021_aline.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/159/12.04_0022021_nicole.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/160/12.04_0032021_nicole.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/161/12.04_0272021_aline.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/162/19.04_0032021_maria_de_matos.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/163/19.04_0042021_maria_de_matos.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/164/26.04_0012021_samuel.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/165/26.04_0282021_aline.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/168/ind._030.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/169/ind._031.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/170/ind._032.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/171/ind._033.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/172/ind._006_-_mario.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/177/indicacao_001.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/179/indicacao_007.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/182/3.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/183/4.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/191/indicacao_003-2021_ver_samuel_morais.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/200/indicacao_005-2021_maria_crispim.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/201/indicacao_006-2021_maria_crispim.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/203/indicacao_004-2021_samuel_morais.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/204/indicacao_001-2021_ver_evandro_feitosa.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/205/indicacao_004-2021_-_ver_samuel_morais.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/206/indicacao_036-2021_-_ver._aline_rosa.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/208/indicacao_006-2021_ver_maria_crispim.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/210/indicacao_007.2021_-_ver._maria_crispim.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/211/indicacao_004.2021_-_ver_elinho_oliveira.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/212/indicacao_037.2021_-_ver._aline_rosa.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/214/indicacao_038.2021_-_aline_rosa.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/215/indicacao_039.2021_-_aline_rosa.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/216/indicacao_002.2021_-_vanderley_lima.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/217/indicacao_040.2021_-_aline_rosa.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/218/indicacao_041.2021_-_aline_rosa.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/219/indicacao_042.2021_-_aline_rosa.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/221/indicacao_008.2021_-_helito_maciel.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/222/indicacao_009.2021_-_helito_maciel.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/225/indicacao_008.2021_-_maria_crispim.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/226/indicacao_043.2021_-_aline_rosa.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/227/indicacao_044.2021_-_aline_rosa.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/228/indicacao_045.2021_-_aline_rosa.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/229/indicacao_007.2021_-_elinho_oliveira.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/230/indicacao_008.2021_-_elinho_oliveira.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/231/indicacao_009.2021_-_elinho_oliveira.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/232/indicacao_046.2021_-_aline_daiane.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/233/indicacao_008.2021_-_maria_de_matos.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/348/indicacao_004.2021_nicole.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/111/01.02_0012021_aline_cleberton.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/113/08.03_0012021_valcifran_e_zeneide.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/114/16.04_0062021._silvio_e_valcifran.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/166/indicacao_conjunto_002-2021.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/173/ind._conj_001_-_samuel_-_vanderley_-_mario_helito.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/178/indicacao_002.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/180/1.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/181/2.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/184/5.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/207/indicacao_001-2021_mario_helito_vanderley_lima_eliangelo_oliveira.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/245/indicacao_vereador.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/192/requerimento_001-2021_-_ver_cleberton_antunes.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/244/requerimento_001.2021._aline.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/235/pjdl_001.2021.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/240/pdl_002.2021.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/241/pjdl_003.2021.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/242/pdl004.2021.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/247/pdl_005.2021.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/248/pjdl_006.2021.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/106/pjlo_001-2021.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/107/pjlo_002-2021.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/108/pjlo_003-21.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/109/pjlo_004-2021.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/110/pjlo_005-21.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/174/pjlo_006-2021.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/175/pjlo_007-2021.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/176/pjlo_008-2021.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/186/plo_009.2021.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/187/pjlo_010.2021.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/188/pjlo_011.2021.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/209/pjlo_012.2021.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/223/pl_013.2021.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/224/pl_014.2021.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/236/pjlo_015.2021.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/237/pjlo_016.2021.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/238/pjlo_017.2021.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/239/pjlo_018.2021.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/243/pjlo_019.2021.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/246/pjlo020.2021.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/249/pjlo_021.2021_-_loa.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/251/pjlo_022.2021.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/252/pjlc_001.2021.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/253/pjlc_002.2021.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/197/mocao_de_repudio_001-2021.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/198/mocao_de_repudio_002-2021.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/185/mocao.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/199/mocao_de_aplausos_001-2021.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/202/mocao_de_aplausos_e_congratulacoes_002-2021.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/213/mocao_de_aplausos_004.2021_-_nicole_souza.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/220/mocao_de_aplausos_005.2021_-_silvio_e_valcifran.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/234/mocao_de_aplausos_005.2021_-_aline_rosa.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/193/parecer_001-2021_cfo.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/195/parecer_009-2021_cljrf.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/196/parecer_010-2021_cljrf.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/115/01.02_0012021_aline.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/116/01.02_0022021_aline.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/117/02.02_0012021_maria_de_matos.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/118/08.02_0012021_silvio.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/119/08.02_0022021_silvio.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/120/08.02_0032021_silvio.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/121/18.02_0022021_mario_helito.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/122/19.02_0012021_mario_helito.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/123/22.02_0042021_aline.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/124/22.02_0042021_silvio.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/125/22.02_0052021_aline.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/126/22.02_0062021_aline.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/127/22.02_0072021_aline.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/128/22.02_0082021_aline.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/129/22.02_0092021_aline.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/130/22.02_0102021_aline.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/131/22.02_0112021_aline.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/132/22.02_0122021_valcifran.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/133/01.03_0022021_valcifran_assis.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/134/01.03_0032021_valcifran.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/135/01.03_0122021_aline.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/136/01.03_0132021_aline.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/137/01.03_0142021_aline.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/138/01.03_0152021_aline.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/139/08.03_0032021_mario_helito.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/140/08.03_0042021_mario_helito.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/141/08.03_0052021_mario_helito.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/142/16.03_0012021_eliangelo.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/143/15.03_0022021_eliangelo.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/144/15.03_0032021_eliangelo.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/145/22.03_0012021_nicole.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/146/22.03_0022021_maria_de_matos.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/147/23.03_0162021_aline.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/148/23.03_0172021_aline.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/149/29.03_0052021_silvio.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/150/05.04_0182021_aline.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/151/05.04_0192021_aline.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/152/05.04_0202021_aline.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/153/05.04_0212021_aline.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/154/05.04_0222021_aline.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/155/05.04_0232021_aline.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/156/05.04_0242021_aline.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/157/09.04_0252021_aline.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/158/08.04_0262021_aline.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/159/12.04_0022021_nicole.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/160/12.04_0032021_nicole.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/161/12.04_0272021_aline.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/162/19.04_0032021_maria_de_matos.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/163/19.04_0042021_maria_de_matos.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/164/26.04_0012021_samuel.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/165/26.04_0282021_aline.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/168/ind._030.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/169/ind._031.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/170/ind._032.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/171/ind._033.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/172/ind._006_-_mario.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/177/indicacao_001.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/179/indicacao_007.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/182/3.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/183/4.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/191/indicacao_003-2021_ver_samuel_morais.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/200/indicacao_005-2021_maria_crispim.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/201/indicacao_006-2021_maria_crispim.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/203/indicacao_004-2021_samuel_morais.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/204/indicacao_001-2021_ver_evandro_feitosa.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/205/indicacao_004-2021_-_ver_samuel_morais.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/206/indicacao_036-2021_-_ver._aline_rosa.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/208/indicacao_006-2021_ver_maria_crispim.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/210/indicacao_007.2021_-_ver._maria_crispim.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/211/indicacao_004.2021_-_ver_elinho_oliveira.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/212/indicacao_037.2021_-_ver._aline_rosa.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/214/indicacao_038.2021_-_aline_rosa.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/215/indicacao_039.2021_-_aline_rosa.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/216/indicacao_002.2021_-_vanderley_lima.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/217/indicacao_040.2021_-_aline_rosa.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/218/indicacao_041.2021_-_aline_rosa.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/219/indicacao_042.2021_-_aline_rosa.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/221/indicacao_008.2021_-_helito_maciel.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/222/indicacao_009.2021_-_helito_maciel.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/225/indicacao_008.2021_-_maria_crispim.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/226/indicacao_043.2021_-_aline_rosa.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/227/indicacao_044.2021_-_aline_rosa.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/228/indicacao_045.2021_-_aline_rosa.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/229/indicacao_007.2021_-_elinho_oliveira.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/230/indicacao_008.2021_-_elinho_oliveira.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/231/indicacao_009.2021_-_elinho_oliveira.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/232/indicacao_046.2021_-_aline_daiane.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/233/indicacao_008.2021_-_maria_de_matos.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/348/indicacao_004.2021_nicole.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/111/01.02_0012021_aline_cleberton.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/113/08.03_0012021_valcifran_e_zeneide.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/114/16.04_0062021._silvio_e_valcifran.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/166/indicacao_conjunto_002-2021.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/173/ind._conj_001_-_samuel_-_vanderley_-_mario_helito.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/178/indicacao_002.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/180/1.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/181/2.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/184/5.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/207/indicacao_001-2021_mario_helito_vanderley_lima_eliangelo_oliveira.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/245/indicacao_vereador.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/192/requerimento_001-2021_-_ver_cleberton_antunes.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2021/244/requerimento_001.2021._aline.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H149"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="135.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="134.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>