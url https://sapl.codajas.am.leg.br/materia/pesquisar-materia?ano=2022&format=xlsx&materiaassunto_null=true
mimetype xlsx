--- v0 (2026-01-27)
+++ v1 (2026-03-30)
@@ -54,627 +54,627 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>PROJETO DE DECRETO LEGISLATIVO</t>
   </si>
   <si>
     <t>VANDERLEY BASTOS LIMA</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/254/pjdl_001.2022.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/254/pjdl_001.2022.pdf</t>
   </si>
   <si>
     <t>Outorga ao senhor GEILDOSN DE SOUZA LIMA o título de cidadão honorário do município de Codajás.</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA</t>
   </si>
   <si>
     <t>PREFEITO</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/257/pjlo_001.2022.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/257/pjlo_001.2022.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da lei municipal 401/2019-PMC/GP, que dispõe sobre o plano de cargos, carreiras e remuneração dos profissionais do magistério público da educação básica e dos servidores públicos da área administrativa da educação do município de Codajás e dá outras providencias.</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/258/pjlo_002.2022.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/258/pjlo_002.2022.pdf</t>
   </si>
   <si>
     <t>Institui o procedimento para pagamento de requisição de pequeno valor - RPV - e da outras providências.</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>ALINE DAIANE ROSA DE SOUZA</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/259/pjlo_003.2022.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/259/pjlo_003.2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre estabelecer limite de tempo para atendimento aos usuários nas filas de espera nas agências bancárias e lotéricas e dá outras providências.</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/261/pjlo_004.2022.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/261/pjlo_004.2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo municipal a firmar convênio, contratos com os governos federal, estadual, ministérios, autarquias, fundações, órgãos públicos e dá outras providências.</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/263/pjlo_005.2022.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/263/pjlo_005.2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir no Orçamento vigente do Município de Codajás, Crédito Especial no valor de R$ 1.007.000,00 (um milhão e sete mil reais) e dá outras providencias</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/264/pjlo_006.2022.ldo-mesclado.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/264/pjlo_006.2022.ldo-mesclado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para elaboração da lei orçamentária de 2023 e dá outras providências.</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/295/pjlo_007.2022.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/295/pjlo_007.2022.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Municipal n. 401/2019 que dispõe sobre o plano de cargos, carreiras e remuneração dos profissionais do magistério público da educação básica e dos servidores públicos da área administrativa da educação do município de Codajás e dá outras providências</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/296/pjlo_008.2022.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/296/pjlo_008.2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a reorganização da estrutura administrativa do Poder Executivo do município de Codajás.</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/297/pjlo_009.2022.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/297/pjlo_009.2022.pdf</t>
   </si>
   <si>
     <t>Altera os artigos 1º e 3ºe revoga anexo I da Lei n. 246/2009 de 27 de janeiro de 2009 que "cria cargos de provimento em comissão na estrutura de pessoal do poder executivo, estabelece critérios para fixação de diárias e da outras providências".</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/300/pjlo_010.2022.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/300/pjlo_010.2022.pdf</t>
   </si>
   <si>
     <t>Altera na forma que especifica a Lei nº135/2002 que dispõe sobre a política municipal de atendimento dos direitos da criança e do adolescente; cria o Conselho Municipal dos Direitos da Criança e do Adolescente e o Fundo Municipal dos direitos da Criança e do Adolescente e dá outras providências.</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/301/pjlo_011.2022_-_loa.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/301/pjlo_011.2022_-_loa.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do orçamento anual do município de Codajás para o exercício financeiro de 2023.</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR</t>
   </si>
   <si>
     <t>ALINE DAIANE ROSA DE SOUZA, CLEBERTON MARQUES ANTUNES, EVANDRO DELMIRO FEITOSA, VALCIFRAN DE ASSIS GONÇALVES, VANDERLEY BASTOS LIMA</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/260/pjlc_001.2022.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/260/pjlc_001.2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVISÃO DO VENCIMENTO-BASE DOS SERVIDORES DO PODER LEGISLATIVO DE CODAJÁS, PREVISTO NA LEI COMPLEMENTAR MUNICIPAL 011/2017, ALTERADA PELA LEI COMPLEMENTAR 017/2020.</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/293/pjlc_002.22.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/293/pjlc_002.22.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a atualização do vencimento-base dos cargos de agentes comunitários de saúde e agente de combate a edemias do munípio de Codajás e dá outras providências.</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO</t>
   </si>
   <si>
     <t>EVANDRO DELMIRO FEITOSA, MARIO HELITO DE SOUZA MACIEL</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/</t>
+    <t>http://sapl.codajas.am.leg.br/media/</t>
   </si>
   <si>
     <t>Altera a redação do §1º do art. 6º da Resolução nº 002/1985 (Regimento interno da Câmara de vereadores de Codajás).</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/298/pr002.2022.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/298/pr002.2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o regimento interno da Câmara Municipal de Codajás</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
     <t>PELO</t>
   </si>
   <si>
     <t>PROPOSTA DE EMENDA À LEI ORGÂNICA</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/299/pelom_001.2022.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/299/pelom_001.2022.pdf</t>
   </si>
   <si>
     <t>Altera o §3º do art. 23 da Lei Orgânica do município de Codajás.</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/302/plom_002.2022.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/302/plom_002.2022.pdf</t>
   </si>
   <si>
     <t>Altera a redação dos §§ 2º, 3º 4º e 6º e revoga os §§ 5º e 7º do artigo 19 da lei orgânica do município de Codajás.</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>REQUERIMENTO CONJUNTO</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/294/requerimento_001.2022.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/294/requerimento_001.2022.pdf</t>
   </si>
   <si>
     <t>Solicita da empresa HYCON o cronograma de obra de concretagem da estrada Dr. Ozias Monteiro (Codajás/Anori)</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
     <t>INDIC</t>
   </si>
   <si>
     <t>INDICAÇÃO VEREADOR(A)</t>
   </si>
   <si>
     <t>MARIA DE MATOS BARBOSA</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/255/indicacao_001.2022_maria.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/255/indicacao_001.2022_maria.pdf</t>
   </si>
   <si>
     <t>Indica a realização de uma reforma no prédio da secretaria de produção agropecuária, pesca e desenvolvimento rural</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/256/indicacao_002.2022_maria.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/256/indicacao_002.2022_maria.pdf</t>
   </si>
   <si>
     <t>Indica a realização de uma reforma da casa de farinha no ramal do muiá com inclusão de bancada.</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
     <t>MARIO HELITO DE SOUZA MACIEL</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/282/indic._03_2022.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/282/indic._03_2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE UMA PRAÇA NA RUA EDUARDO RIBEIRO, EM FRENTE A ESCOLA PORF. JOSÉ MELO COM ACESSIBILIDADE PARA CADEIRANTES E ESTACIONAMENTO.</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/283/indic._04_2022.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/283/indic._04_2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DA CONSTRUÇÃO DE UMA ESCADARIA DE ALVENARIA PARA FACILITAR O ACESSO DE EMBARQUE E DESEMBARQUE DOS MORADORES NO DISTRITO DO BADAJÓS.</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/284/indic._05_2022.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/284/indic._05_2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL A TROCA DA BOMBA DE ÁGUA NO POSTO NOVA ESPERANÇA.</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/285/indic._06_2022.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/285/indic._06_2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL A NECESSIDADE EM JOGAR PEDRAS E CASCALHO NAS ÁREAS MAIS DANIFICADAS DA ESTRADA.</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
     <t>ELIANGELO OLIVEIRA DE LIMA</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/286/indic._07_2022.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/286/indic._07_2022.pdf</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE ADESIVAÇÃO  DOS CARROS QUE PRESTAM SERVIÇOS A PREFEITURA MUNICIPAL E OS OUTROS ÓRGÃOS MUNICIPAIS DA CIDADE DE CODAJÁS.</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/287/indic._08_2022.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/287/indic._08_2022.pdf</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE UM PLACA LETRAS GRANDES COM DIZERES EU AMO CODAJÁS.</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO QUE SEJAM FEITAS MELHORIAS NA QUADRA ESPORTIVA DO BAIRRO GRANDE VITÓRIA.</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/289/indic._10_2022.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/289/indic._10_2022.pdf</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE TRANSPORTE ESCOLAR NA COMUNIDADE TAMANDARÉ 1 E TAMANDARÉ 2.</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/290/indic._11_2022.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/290/indic._11_2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE DISPONIBILIZAÇÃO DE UM GERADOR DE ENERGIA PARA A COMUNIDADE DO SÃO PEDRO DO CANUARÚ.</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE IMPLANTAÇÃO DE INTERNET E 1 MOTOR BOMBA COM 700M DE DE BORRACHA PARA A COMUNIDADE DO TAPIRÁ.</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/292/indic._13_2022.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/292/indic._13_2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL PARA FIRMAR A PARCEIRIA DE COOPERAÇÃO TÉCNICA ICA DE IDAM E PREFEITURA.</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>NICOLE KATLLEN DE SOUZA MIRANDA</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/349/indicacao_01.2022.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/349/indicacao_01.2022.pdf</t>
   </si>
   <si>
     <t>Indica ao chefe do Poder Executivo municipal a necessidade de disponibilizar um gerador para a comunidade Bom Jardim</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/350/indicacao_02.2022.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/350/indicacao_02.2022.pdf</t>
   </si>
   <si>
     <t>Indica ao chefe do Poder Executivo municipal a necessidade da reforma da quadra esportiva do bairro Grande Vitória</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/351/indicacao_03.2022.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/351/indicacao_03.2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo municipal a necessidade de pavimentação do ramal do Moadí afim de possibilitar a melhoria das condições de trafegabilidade dos moradores</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/352/indicacao_04.2022.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/352/indicacao_04.2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo municipal a necessidade de pavimentação do ramal do 40 (quarenta) localizado na estrada Codajás-Anori</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/353/indicacao_05.2022.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/353/indicacao_05.2022.pdf</t>
   </si>
   <si>
     <t>Indicação ao Poder Executivo municipal a necessidade de pavimentação do ramal do progresso</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
     <t>IDC</t>
   </si>
   <si>
     <t>INDICAÇÃO CONJUNTA</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE CONSTRUÇÃO DE UMA GALERIA NA RUA RIO BADAJÓS</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
     <t>ROBERTO SILVIO MARQUES VENANCIO</t>
   </si>
   <si>
     <t>INDICAR AO CHEFE DO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DA REFORMA DA ESCADARIA DO PORTO DA PRAÇA DO AÇAÍ NO CENTRO DA CIDADE.</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
     <t>VALCIFRAN DE ASSIS GONÇALVES</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/267/indic._conj_03_2022.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/267/indic._conj_03_2022.pdf</t>
   </si>
   <si>
     <t>INDICAR AO CHEFE DO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE REPAROS NO BUEIRO DA ENTRADA DO RAMAL DO PROGRESSO NO FINAL DA RUA MANOEL ALVES PARA ATENDER AS NECESSIDADES DOS AGRICULTORES.</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/268/indic._conj_04_2022.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/268/indic._conj_04_2022.pdf</t>
   </si>
   <si>
     <t>INDICAR AO CHEFE DO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DA EXECUÇÃO DE SERVIÇOS PALIATIVOS NA ESTRADA OZIAS MONTEIRO PARA ATENDER AS NECESSIDADES DOS DONOS DESÍTIOS, AGRICULTORES, TRABALHADORES E COMPRADORES DE AÇAÍ.</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/269/indic._conj_05_2022.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/269/indic._conj_05_2022.pdf</t>
   </si>
   <si>
     <t>INDICAR AO CHEFE DO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE MANUTENÇÃO E REFORMA NAS CASAS DE FARINHA DE TODAS AS COMUNIDADES DO LAGO DO MIUÁ.</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
     <t>INDICAR AO CHEFE DO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE AQUISIÇÃO DE UM GRUPO GERADOR DE ENERGIA PARA A COMUNIDADE DE SÃO PEDRO DO CANUARÚ NO LAGO DO BADAJÓS.</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/271/indic._conj_07_2022.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/271/indic._conj_07_2022.pdf</t>
   </si>
   <si>
     <t>INDICAR AO CHEFE DO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DA PERFURAÇÃO DE UM POÇO TUBULAR (ARTESIANO) E A AQUISIÇÃO DE TANQUES D'ÁGUA PARA A COMUNIDADE  DO CAPITARI II NO LAGO DO BADAJÓS.</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/272/indic._conj_08_2022.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/272/indic._conj_08_2022.pdf</t>
   </si>
   <si>
     <t>INDICAR AO CHEFE DO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE AQUISIÇÃO DE UM GRUPO GERADOR DE ENERGIA PARA A COMUNIDADE BOM JARDIN NO LAGO DO BADAJÓS.</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/273/indic._conj_09_2022.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/273/indic._conj_09_2022.pdf</t>
   </si>
   <si>
     <t>INDICAR AO CHEFE DO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DA LIMPEZA DO POÇO TUBULAR (ARTESIANO) E A AQUISIÇÃO DE TANQUES D'ÁGUA PARA A COMUNIDADE DO MANGUARI NO LAGO DO BADAJÓS.</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/274/indic._conj_10_2022.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/274/indic._conj_10_2022.pdf</t>
   </si>
   <si>
     <t>INDICAR AO CHEFE DO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE REPARO NA REDE ELÉTRICA E REFORMA DA CASA DE FARINHA D'ÁGUA PARA A COMUNIDADE DO MANGUARI NO LAGO DO BADAJÓS.</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/275/indic._conj_11_2022.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/275/indic._conj_11_2022.pdf</t>
   </si>
   <si>
     <t>INDICAR AO CHEFE DO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE REPARO NA REDE ELÉTRICA E REFORMA DA CASA DE FARINHA D'ÁGUA PARA A COMUNIDADE DO CAPITARI I NO LAGO DO BADAJÓS.</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/276/indic._conj_12_2022.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/276/indic._conj_12_2022.pdf</t>
   </si>
   <si>
     <t>INDICAR AO CHEFE DO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DA LIMPEZA DO POÇO TUBULAR (ARTESIANO) E A AQUISIÇÃO DE TANQUES D'ÁGUA PARA A COMUNIDADE DO CAPITARI I NO LAGO DO BADAJÓS.</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/277/indic._conj_13_2022.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/277/indic._conj_13_2022.pdf</t>
   </si>
   <si>
     <t>INDICAR AO CHEFE DO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE REPARO NA REDE ELÉTRICA DA COMUNIDADE BOM JARDIN NO LAGO DO BADAJÓS.</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/278/indic._conj_14_2022.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/278/indic._conj_14_2022.pdf</t>
   </si>
   <si>
     <t>INDICAR AO CHEFE DO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE LIMPEZA DO POÇO TUBULAR (ARTESIANO) E A AQUISIÇÃO DE TANQUES D'ÁGUA PARA A COMUNIDADE BOM JARDIN NO LAGO DO BADAJÓS.</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/279/indic._conj_15_2022.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/279/indic._conj_15_2022.pdf</t>
   </si>
   <si>
     <t>INDICAR AO CHEFE DO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE LIMPEZA DO POÇO ARTESIANO E A AQUISIÇÃO DE TANQUES D'ÁGUA NA COMUNIDADE DE SÃO PEDRO DO CANUARÚ NO LAGO DO BADAJÓS.</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/280/indic._conj_16_2022.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/280/indic._conj_16_2022.pdf</t>
   </si>
   <si>
     <t>INDICAR AO CHEFE DO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE REPAROS NA REDE ELÉTRICA E REFORMA NA CASA DE FARINHA DA COMUNIDADE DE SÃO PEDRO DO CANUARÚ NO LAGO DO BADAJÓS.</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
     <t>INDICAR AO CHEFE DO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DA PERFURAÇÃO DE UM POÇO TUBULAR (ARTESIANO) E A AQUISIÇÃO DE TANQUES D'ÁGUA PARA A COMUNIDADE DE SÃO SEBASTIÃO II NO LAGO DO BADAJÓS.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
@@ -987,68 +987,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/254/pjdl_001.2022.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/257/pjlo_001.2022.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/258/pjlo_002.2022.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/259/pjlo_003.2022.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/261/pjlo_004.2022.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/263/pjlo_005.2022.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/264/pjlo_006.2022.ldo-mesclado.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/295/pjlo_007.2022.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/296/pjlo_008.2022.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/297/pjlo_009.2022.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/300/pjlo_010.2022.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/301/pjlo_011.2022_-_loa.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/260/pjlc_001.2022.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/293/pjlc_002.22.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/298/pr002.2022.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/299/pelom_001.2022.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/302/plom_002.2022.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/294/requerimento_001.2022.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/255/indicacao_001.2022_maria.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/256/indicacao_002.2022_maria.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/282/indic._03_2022.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/283/indic._04_2022.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/284/indic._05_2022.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/285/indic._06_2022.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/286/indic._07_2022.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/287/indic._08_2022.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/289/indic._10_2022.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/290/indic._11_2022.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/292/indic._13_2022.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/349/indicacao_01.2022.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/350/indicacao_02.2022.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/351/indicacao_03.2022.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/352/indicacao_04.2022.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/353/indicacao_05.2022.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/267/indic._conj_03_2022.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/268/indic._conj_04_2022.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/269/indic._conj_05_2022.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/271/indic._conj_07_2022.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/272/indic._conj_08_2022.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/273/indic._conj_09_2022.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/274/indic._conj_10_2022.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/275/indic._conj_11_2022.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/276/indic._conj_12_2022.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/277/indic._conj_13_2022.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/278/indic._conj_14_2022.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/279/indic._conj_15_2022.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/280/indic._conj_16_2022.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/254/pjdl_001.2022.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/257/pjlo_001.2022.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/258/pjlo_002.2022.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/259/pjlo_003.2022.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/261/pjlo_004.2022.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/263/pjlo_005.2022.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/264/pjlo_006.2022.ldo-mesclado.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/295/pjlo_007.2022.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/296/pjlo_008.2022.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/297/pjlo_009.2022.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/300/pjlo_010.2022.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/301/pjlo_011.2022_-_loa.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/260/pjlc_001.2022.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/293/pjlc_002.22.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/298/pr002.2022.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/299/pelom_001.2022.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/302/plom_002.2022.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/294/requerimento_001.2022.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/255/indicacao_001.2022_maria.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/256/indicacao_002.2022_maria.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/282/indic._03_2022.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/283/indic._04_2022.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/284/indic._05_2022.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/285/indic._06_2022.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/286/indic._07_2022.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/287/indic._08_2022.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/289/indic._10_2022.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/290/indic._11_2022.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/292/indic._13_2022.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/349/indicacao_01.2022.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/350/indicacao_02.2022.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/351/indicacao_03.2022.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/352/indicacao_04.2022.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/353/indicacao_05.2022.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/267/indic._conj_03_2022.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/268/indic._conj_04_2022.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/269/indic._conj_05_2022.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/271/indic._conj_07_2022.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/272/indic._conj_08_2022.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/273/indic._conj_09_2022.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/274/indic._conj_10_2022.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/275/indic._conj_11_2022.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/276/indic._conj_12_2022.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/277/indic._conj_13_2022.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/278/indic._conj_14_2022.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/279/indic._conj_15_2022.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2022/280/indic._conj_16_2022.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H55"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="35.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="136.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="99.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="98.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>