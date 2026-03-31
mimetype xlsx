--- v0 (2025-12-06)
+++ v1 (2026-03-31)
@@ -54,1092 +54,1092 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>PROJETO DE DECRETO LEGISLATIVO</t>
   </si>
   <si>
     <t>ALINE DAIANE ROSA DE SOUZA</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/372/pjdl001.2023.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/372/pjdl001.2023.pdf</t>
   </si>
   <si>
     <t>Outorga a quadrilha junina eldorado o diploma de honra ao mérito.</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/373/pjdl_002.2023.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/373/pjdl_002.2023.pdf</t>
   </si>
   <si>
     <t>Outorga a Thaylla Vitoria Ferreira da Rocha</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>ROBERTO SILVIO MARQUES VENANCIO, VALCIFRAN DE ASSIS GONÇALVES</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/382/pdl_003.2023.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/382/pdl_003.2023.pdf</t>
   </si>
   <si>
     <t>Outorga o diploma de honra ao mérito a senhora Maria Alves de Santana - pelos 50 anos de magistério e pelos 42 de serviços prestados à educação no município de Codajás.</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/383/pdl_004.2023.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/383/pdl_004.2023.pdf</t>
   </si>
   <si>
     <t>Outorga o título de cidadã honorária codajaense a senhora Maria Alves de Santana - natural do estado do Paraná e pela passagem de 50 anos de magistério.</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/386/pjdl_2.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/386/pjdl_2.pdf</t>
   </si>
   <si>
     <t>Outorga a Aisha Thallya Vasconcelos de Araújo o diploma de honra ao mérito.</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/387/pjdl.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/387/pjdl.pdf</t>
   </si>
   <si>
     <t>Outorga a Rebeca Cavalcante Silva o diploma de honra ao mérito.</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>NICOLE KATLLEN DE SOUZA MIRANDA</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/388/pjdl_joao.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/388/pjdl_joao.pdf</t>
   </si>
   <si>
     <t>Outorga ao deputado estadual João Luiz Almeida da Silva o título de cidadão honorário do município de Codajás e dá outras providencias.</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>ELIANGELO OLIVEIRA DE LIMA, NICOLE KATLLEN DE SOUZA MIRANDA, ROBERTO SILVIO MARQUES VENANCIO, VALCIFRAN DE ASSIS GONÇALVES, ZENEIDE GUIMARAES COSTA, ALINE DAIANE ROSA DE SOUZA</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/389/pjdl_governador.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/389/pjdl_governador.pdf</t>
   </si>
   <si>
     <t>Outorga ao excelentíssimo senhor Wilson Miranda Lima, governador do estado do Amazonas, o título de cidadão honorário do município de Codajás e dá outras providencias.</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>EVANDRO DELMIRO FEITOSA, NICOLE KATLLEN DE SOUZA MIRANDA, ROBERTO SILVIO MARQUES VENANCIO, VALCIFRAN DE ASSIS GONÇALVES</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/390/pjdl_atila.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/390/pjdl_atila.pdf</t>
   </si>
   <si>
     <t>Outorga ao deputado federal Átila Sidney Lins de Albuquerque o título de cidadão honorário do município de Codajás e dá outras providências.</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA</t>
   </si>
   <si>
     <t>PREFEITO</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/308/pl_001.2023_conselho_da_pessoa_idosa.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/308/pl_001.2023_conselho_da_pessoa_idosa.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do conselho municipal de direitos da pessoa idosa e do fundo municipal de direitos da pessoa idosa e dáoutras providências.</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/309/pl_002_conselho_cultura.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/309/pl_002_conselho_cultura.pdf</t>
   </si>
   <si>
     <t>Cria o conselho municipal de política cultural CONCULT do município de Codajás estado do Amazonas.</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/310/pl_003_conselho_turismo.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/310/pl_003_conselho_turismo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do conselho municipal de turismo COMTUR do município de Codajás.</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/311/pl_004_fundo_cultura.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/311/pl_004_fundo_cultura.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do fundo municipal de cultura do município FMC do município de Codajás</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/312/pl_005_fundo_turismo.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/312/pl_005_fundo_turismo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do fundo municipal de turismo do município FUMTUR do município de Codajás.</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/314/pjlo_006.2023_-_camera.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/314/pjlo_006.2023_-_camera.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instalação de Câmeras de Monitoramento nas escolas públicas municipais de Codajás.</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/339/plo_007.2023_-_ldo_2023.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/339/plo_007.2023_-_ldo_2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para elaboração da Lei Orçamentária de 2024 e dá outras providências.</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/340/plo_008.2023_-_enfrentamento_a_violencia.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/340/plo_008.2023_-_enfrentamento_a_violencia.pdf</t>
   </si>
   <si>
     <t>Institui o plano municipal de enfrentamento à violência contra as mulheres que tem como objetivo estruturar a política pública para mulheres no município de Codajás.</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/341/plo_009.2023_-_conselho_aquicutura.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/341/plo_009.2023_-_conselho_aquicutura.pdf</t>
   </si>
   <si>
     <t>Institui o conselho municipal de aquicultura e pesca e o fundo municipal de aquicultura e pesca do município de Codajás, Estado do Amazonas e dá outras providências</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/</t>
+    <t>http://sapl.codajas.am.leg.br/media/</t>
   </si>
   <si>
     <t>Altera Dispositivo da Lei nº 401/2019 de 17 de outubro de 2019, e anexo I e II da Lei n.º 427/2012 de 21 de fevereiro de 2022 que dispõe plano de cargos, carreiras e remuneração dos profissionais do magistério público da educação básica e dos servidores públicos da área administrativa da educação municipal e dá outras providências.</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/354/pjlo_011.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/354/pjlo_011.pdf</t>
   </si>
   <si>
     <t>Fica o poder executivo do município de Codajás autorizado a abrir crédito especial no valor de R$ 265.233,29 (duzentos e sessenta e cinco mil duzentos e trinta e três reais e vinte e nove centavos) e dá outras providências</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/366/plo_012.2023.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/366/plo_012.2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o sistema municipal de cultura do município de Codajás, Estado do Amazonas e dá outras providências.</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/371/document_20231018_0001.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/371/document_20231018_0001.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a inclusão do tema educação financeira como conteúdo transversal no currículo da rede pública de ensino no município de Codajás.</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/384/plo_loa.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/384/plo_loa.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa despesa do orçamento anual do municipal de Codajás para o exercício financeiro de 2024.</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>MARIA DE MATOS BARBOSA, NICOLE KATLLEN DE SOUZA MIRANDA</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/385/plo.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/385/plo.pdf</t>
   </si>
   <si>
     <t>Cria a central municipal de defesa a violência contra a mulher</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>ALINE DAIANE ROSA DE SOUZA, CLEBERTON MARQUES ANTUNES, ELIANGELO OLIVEIRA DE LIMA, EVANDRO DELMIRO FEITOSA, MARIA DE MATOS BARBOSA, MARIO HELITO DE SOUZA MACIEL, NICOLE KATLLEN DE SOUZA MIRANDA, ROBERTO SILVIO MARQUES VENANCIO, VALCIFRAN DE ASSIS GONÇALVES, VANDERLEY BASTOS LIMA, ZENEIDE GUIMARAES COSTA</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/391/projeto_evangelho.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/391/projeto_evangelho.pdf</t>
   </si>
   <si>
     <t>Institui o dia municipal do evangelho e da marcha para Jesus no município de Codajás.</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/397/pjlo_seguranca.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/397/pjlo_seguranca.pdf</t>
   </si>
   <si>
     <t>Cria o conselho municipal de segurança pública e o fundo municipal de segurança pública do município de Codajás, estado do Amazonas e dá outras providências.</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/398/pjlo_018.2023_defesa_civil.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/398/pjlo_018.2023_defesa_civil.pdf</t>
   </si>
   <si>
     <t>Cria a coordenadoria municipal de proteção e defesa civil - COMDEC, o conselho municipal de proteção e defesa civil - COMUDEC e o fundo municipal proteção e defesa civil - FUMDEC do município de Codajás, revoga a lei n. 250 de 13 de maio de 2009 e dá outras providências.</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/399/pjlo_assistencia_social.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/399/pjlo_assistencia_social.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a política pública de assistência social do município de Codajás e dá outras providências.</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/400/pjlo_compra.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/400/pjlo_compra.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo municipal a promover a desapropriação amigável ou judicial, conforme o caso, nos termos do Decreto-Lei nº 3.365/41 de faixa de terras que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR</t>
   </si>
   <si>
     <t>CLEBERTON MARQUES ANTUNES, ELIANGELO OLIVEIRA DE LIMA, EVANDRO DELMIRO FEITOSA, MARIA DE MATOS BARBOSA, NICOLE KATLLEN DE SOUZA MIRANDA, ROBERTO SILVIO MARQUES VENANCIO</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/313/pjlc_001.2023_-_reajuste.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/313/pjlc_001.2023_-_reajuste.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a reajuste do vencimento base dos servidores do Poder Legislativo de Codajás.</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/316/pjlc_002.2023_-_enfermagem.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/316/pjlc_002.2023_-_enfermagem.pdf</t>
   </si>
   <si>
     <t>Fixa o piso salarial municipal dos enfermeiros, técnicos em enfermagem e auxiliares de enfermagem na forma que especifica.</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/396/pjlc_003_-_regulamenta_enfermagem.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/396/pjlc_003_-_regulamenta_enfermagem.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a regulamentação da Assistência Financeira Complementar repassada pela União Federal visando dar cumprimento ao disposto na Lei Federal n° 14.434, de 4 de agosto de 2022 que instituiu o piso salarial nacional do Enfermeiro, do Técnico de Enfermagem, do Auxiliar de Enfermagem e da Parteira.</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/401/pjlc_004._cria_cargo_coordenador_defesa_civil.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/401/pjlc_004._cria_cargo_coordenador_defesa_civil.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do cargo de provimento em comissão de coordenador municipal de defesa civil, altera a Lei Complementar nº 001 de 2002 e dá outras providências.</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
     <t>PELO</t>
   </si>
   <si>
     <t>PROPOSTA DE EMENDA À LEI ORGÂNICA</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/342/pelom_001.2023.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/342/pelom_001.2023.pdf</t>
   </si>
   <si>
     <t>Acrescenta o parágrafo único ao artigo 1º da Lei Orgãnica de Codajás que acrescenta os limites do município de Codajás.</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/347/pelom_002.2023_regencia.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/347/pelom_002.2023_regencia.pdf</t>
   </si>
   <si>
     <t>Revoga o art. 195, incisos e parágrafos da Lei Orgânica Municipal.</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>MOÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/303/mocao_001.2023.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/303/mocao_001.2023.pdf</t>
   </si>
   <si>
     <t>Moção de aplausos e congratulações a todos os funicionário da secretaria municipal de obras e limpeza pública pelos serviços de excelência prestados ao município de Codajás.</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/374/mocao_aplauso.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/374/mocao_aplauso.pdf</t>
   </si>
   <si>
     <t>Noção de aplauso e reconhecimento ao Senhor Elyssylvh Rocha da Silva e a toda sua equipe de combate a incêndio</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
     <t>INDIC</t>
   </si>
   <si>
     <t>INDICAÇÃO VEREADOR(A)</t>
   </si>
   <si>
     <t>MARIA DE MATOS BARBOSA</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/304/indicacao_1.2023.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/304/indicacao_1.2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo municipal a necessidade de reforma da unidade básica de saúde Zenaide da Silva Nascimento, situada no Distrito do Murituba.</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
     <t>ELIANGELO OLIVEIRA DE LIMA</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/305/indicacao_2.2023.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/305/indicacao_2.2023.pdf</t>
   </si>
   <si>
     <t>Indica a necessidade de instalação de uma placa com letras grandes com dizeres "EU AMO CODAJÁS"</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/315/indicacao_01.2023_-vr._aline_daine_de_souza.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/315/indicacao_01.2023_-vr._aline_daine_de_souza.pdf</t>
   </si>
   <si>
     <t>Indica ao presidente da câmara municipal de Codajás a necessidade de adequação do prédio da cãmara às normas de acessibilidade, construção de um banheiro para PCD's e instalação de um elevador para atender as pessoas com deficiência e mobilidade reduzida.</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/317/indicacao_01.2023_-vr._roberto_silvio_e_valcifran_goncalves.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/317/indicacao_01.2023_-vr._roberto_silvio_e_valcifran_goncalves.pdf</t>
   </si>
   <si>
     <t>Indica ao chefe do Poder Executivo municipal a necessidade de aquisição de um grupo gerador de energia para a comunidade da Flora no paraná do Badajós.</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/318/indicacao_02.2023_-vr._roberto_silvio_e_valcifran_goncalves.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/318/indicacao_02.2023_-vr._roberto_silvio_e_valcifran_goncalves.pdf</t>
   </si>
   <si>
     <t>Indica ao chefe do Poder Executivo municipal a necessidade de aquisição de fardamento e EPI's para os funcionários das secretarias de obras e limpeza pública.</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/319/indicacao_02.2023_-vr._aline_daine_de_souza.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/319/indicacao_02.2023_-vr._aline_daine_de_souza.pdf</t>
   </si>
   <si>
     <t>Indica ao presidente da câmara municipal de Codajás a necessidade de reformas e separação dos WC's masculino e feminino localizados no plenário Joaquim Antunes para adequação/adaptação de ambos para atender as pessoas com deficiências.</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/320/indicacao_03.2023_-vr._aline_daine_de_souza.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/320/indicacao_03.2023_-vr._aline_daine_de_souza.pdf</t>
   </si>
   <si>
     <t>Indica ao presidente da câmara municipal de Codajás a necessidade de reforma do pátio/calçada externa para fins de viabilizar a construção de um estacionamento coberto para o Poder Legislativo.</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/321/indicacao_04.2023_-vr._aline_daine_de_souza.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/321/indicacao_04.2023_-vr._aline_daine_de_souza.pdf</t>
   </si>
   <si>
     <t>Indica ao chefe do Poder Executivo municipal a necessidade de inserir uma cláusula nos futuros editais de processos licitatórios que a prefeitura municipal de Codajás irá fazer para que as empresas vencedoras do certame possam disponibilizar vagas para o programa de incentivo a contratação de mulheres vítimas de violência no município de Codajás, conforme lei municipal n. 420/2021.</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/322/indicacao_06.2023_-vr._aline_daine_de_souza.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/322/indicacao_06.2023_-vr._aline_daine_de_souza.pdf</t>
   </si>
   <si>
     <t>Indica ao chefe do Poder Executivo municipal a necessidade de aquisição de um mamógrafo digital e demais equipamentos específicos para realização de mamografias no hospital João da Silva Bastos.</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/323/indicacao_03.2023_-_vr._maria.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/323/indicacao_03.2023_-_vr._maria.pdf</t>
   </si>
   <si>
     <t>Indica ao chefe do Poder Executivo municipal a necessidade de revisão dos salários dos técnicos e auxiliares de enfermagem</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/324/indicacao_02.2023_-vr._eliangelo_oliveira.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/324/indicacao_02.2023_-vr._eliangelo_oliveira.pdf</t>
   </si>
   <si>
     <t>Indica ao chefe do Poder Executivo municipal a necessidade de reajuste/atualização de salarios base dos servidores públicos do Poder Executivo</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/325/indicacao_07.2023_-_vr._eliangelo_oliveira.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/325/indicacao_07.2023_-_vr._eliangelo_oliveira.pdf</t>
   </si>
   <si>
     <t>Indica ao chefe do Poder Executivo municipal a necessidade de divulgação da data em que será realizada a festa do açaí em 2023.</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/326/indicacao_05.2023_-_vr._eliangelo_oliveira.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/326/indicacao_05.2023_-_vr._eliangelo_oliveira.pdf</t>
   </si>
   <si>
     <t>Indica ao chefe do Poder Executivo municipal a necessidade de instalação de galeria/esgoto</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/327/indicacao_06.2023_-_vr._eliangelo_oliveira.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/327/indicacao_06.2023_-_vr._eliangelo_oliveira.pdf</t>
   </si>
   <si>
     <t>Indica ao chefe do Poder Executivo municipal a necessidade de um motor de luz e poço artesiano com caixa d'agua encanada na comunidade Flora no badajós</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/328/indicacao_07.2023_-vr._aline_daine_de_souza.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/328/indicacao_07.2023_-vr._aline_daine_de_souza.pdf</t>
   </si>
   <si>
     <t>Indica ao chefe do Poder Executivo municipal a necessidade de aquisição de um booster (peça para recarregar os cilindros de CO²)</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/329/indicacao_08.2023_-_vr._eliangelo_oliveira.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/329/indicacao_08.2023_-_vr._eliangelo_oliveira.pdf</t>
   </si>
   <si>
     <t>Indica ao chefe do Poder Executivo municipal a necessidade de transporte escolar no paraná do Cajú para a comunidade do Capitari 1</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/330/indicacao_10.2023_-_vr._eliangelo_oliveira.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/330/indicacao_10.2023_-_vr._eliangelo_oliveira.pdf</t>
   </si>
   <si>
     <t>Indica ao chefe do Poder Executivo municipal a necessidade de poço artesiano e instalção de uma caixa d'agua na comunidade e rede de distribuição de água na comunidade Bom jardim no lago do Badajós</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/331/indicacao_11.2023_-_vr._eliangelo_oliveira.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/331/indicacao_11.2023_-_vr._eliangelo_oliveira.pdf</t>
   </si>
   <si>
     <t>Indica ao chefe do Poder Executivo municipal a necessidade de poço artesiano e instalação de uma caixa d'agua e rede de distribuição na comunidade Capitari 1 no lago do Badajós</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/332/indicacao_12.2023_-_vr._eliangelo_oliveira.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/332/indicacao_12.2023_-_vr._eliangelo_oliveira.pdf</t>
   </si>
   <si>
     <t>Indica ao chefe do Poder Executivo municipal a necessidade de clube social na comunidade do Bom Jardim no lago do Badajós.</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/333/indicacao_08.2023_-vr._aline_daine_de_souza.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/333/indicacao_08.2023_-vr._aline_daine_de_souza.pdf</t>
   </si>
   <si>
     <t>Indica ao chefe do Poder Executivo municipal a necessidade de doação de um terreno para fins de instalação da defensoria pública do estado</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>MARIO HELITO DE SOUZA MACIEL</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/334/indicacao_02.2023_-vr._mario_helito.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/334/indicacao_02.2023_-vr._mario_helito.pdf</t>
   </si>
   <si>
     <t>Indica ao chefe do Poder Executivo municipal a necessidade de continuação da concretagem das ruas do Bela Vista</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/335/indicacao_013.2023_-_vr._aline_daiane_de_souza.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/335/indicacao_013.2023_-_vr._aline_daiane_de_souza.pdf</t>
   </si>
   <si>
     <t>Indica ao chefe do Poder Executivo municipal a necessidade de implantação de um abrigo municipal.</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>CLEBERTON MARQUES ANTUNES</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/336/indicacao_001.2023_-_vr._cleberton_antunes.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/336/indicacao_001.2023_-_vr._cleberton_antunes.pdf</t>
   </si>
   <si>
     <t>Indica ao chefe do Poder Executivo municipal a necessidade de construção de uma escola na comunidade Fortaleza do Salsa</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/337/indicacao_03.2023_-vr._mario_helito.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/337/indicacao_03.2023_-vr._mario_helito.pdf</t>
   </si>
   <si>
     <t>Indica ao chefe do Poder Executivo municipal a necessidade de continuação da concretagem do bairro Nova Conquista 2</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/343/indicacao_aline.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/343/indicacao_aline.pdf</t>
   </si>
   <si>
     <t>Indica ao chefe do Poder Executivo municipal a necessidade de ervisão do salário base dos técnicos agropecuarios do município</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/344/indicacaoaline.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/344/indicacaoaline.pdf</t>
   </si>
   <si>
     <t>Indica ao chefe do Poder Executivo municipal a necessidade de revisão do salário dos membros do conselho tutelar</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/345/aline_indicacao.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/345/aline_indicacao.pdf</t>
   </si>
   <si>
     <t>Indica ao chefe do Poder Executivo municipal a necessidade de revisão do salário base da guarda civil do município.</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/355/indicacao_17_aline.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/355/indicacao_17_aline.pdf</t>
   </si>
   <si>
     <t>Indica ao chefe do poder executivo municipal a necessidade de construção de feiras nos bairros Nova Conquista e Bela Vista.</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/356/indicacao_03_vancifran_e_silvio.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/356/indicacao_03_vancifran_e_silvio.pdf</t>
   </si>
   <si>
     <t>Indica ao chefe do poder executivo municipal a necessidade da concretagem das ruas Rei Davi, Rei Salomão e Rua Rei Saú no bairro do Laguinho.</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/357/indicacao_04_valcifran_e_silvio.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/357/indicacao_04_valcifran_e_silvio.pdf</t>
   </si>
   <si>
     <t>Indica ao chefe do poder executivo municipal e ao CETAM a necessidade de celebração de um acordo para cooperação técnica visando a instalação de uma sede do CETAM em Codajás</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/358/indicacao_013_eliangelo.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/358/indicacao_013_eliangelo.pdf</t>
   </si>
   <si>
     <t>Indica ao chefe do poder executivo municipal a necessidade de uma reforma urgente no mercado municipal.</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/359/indicacao_014_eliangelo.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/359/indicacao_014_eliangelo.pdf</t>
   </si>
   <si>
     <t>Indica ao chefe do poder executivo municipal a necessidade de uma reforma na secretaria de produção</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/360/eliangelo_moto_taxi.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/360/eliangelo_moto_taxi.pdf</t>
   </si>
   <si>
     <t>Indica ao chefe do poder executivo municipal a necessidade de construção de 05 (cinco) paradas para os moto-taxistas na cidade de Codajás.</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/361/eliangelo_nomeacao_ramal.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/361/eliangelo_nomeacao_ramal.pdf</t>
   </si>
   <si>
     <t>Indica ao chefe do poder executivo municipal a necessidade de nomeação do ramal do miuá com o nome do Sr. Ariosvaldo Venâncio Pereira (seu Brotinho)</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/362/eliangelo_registro_comunidade.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/362/eliangelo_registro_comunidade.pdf</t>
   </si>
   <si>
     <t>Indica ao chefe do poder executivo municipal a necessidade do registro legal da comunidade Jatuarana localizada no lago do miuá</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/363/aline_queimadas.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/363/aline_queimadas.pdf</t>
   </si>
   <si>
     <t>Indica ao chefe do poder executivo municipal a necessidade de ações de conscientizações contra queimadas no município</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>EVANDRO DELMIRO FEITOSA</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/364/evandro_secretaria_de_obras.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/364/evandro_secretaria_de_obras.pdf</t>
   </si>
   <si>
     <t>Indica ao chefe do poder executivo municipal a necessidade de fiscalização das obras particulares pela secretaria municipal de obras.</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/369/indicacao.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/369/indicacao.pdf</t>
   </si>
   <si>
     <t>Indica ao chefe do Poder a necessidade de limpeza e revitalização da rua Prof. Levy de Assis conjunto do laguinho.</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/370/document_20230823_0002.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/370/document_20230823_0002.pdf</t>
   </si>
   <si>
     <t>Indica ao chefe do Poder executivo a necessidade da construção de uma escola no distrito do murituba no bairro santa helena</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/375/document_20231011_0001.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/375/document_20231011_0001.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo senhor prefeito municipal e à secretaria municipal de cultura a criação de um acervo digital e físico sobre as histórias de vida dos anciões residentes na cidade de Codajás, abrangendo tanto a zona urbana quanto a zona rural.</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/376/document_20231011_0002.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/376/document_20231011_0002.pdf</t>
   </si>
   <si>
     <t>Indica ao chefe do poder executivo municipal a necessidade de medidas paliativas para carga e descarga dos barcos.</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>VANDERLEY BASTOS LIMA</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/377/document_20231011_0003.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/377/document_20231011_0003.pdf</t>
   </si>
   <si>
     <t>Indica a necessidade de revitalização da rua Plinio Coelho parte que está concretada e limpeza da rua e concretagem do restante da rua até rua Dom Mario.</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/378/document_20231011_0004.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/378/document_20231011_0004.pdf</t>
   </si>
   <si>
     <t>Indica a necessidade de poço artesiano e instalação de uma caixa d'agua e um grupo gerador de energia na comunidade do Capatará lago do badajós.</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/379/document_20231018_0002.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/379/document_20231018_0002.pdf</t>
   </si>
   <si>
     <t>Indica ao chefe do poder executivo municipal a necessidade da construção de um poço artesiano na comunidade do caiana II lago do badajós zona rural do município de Codajás/AM.</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/380/document_20231018_0003.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/380/document_20231018_0003.pdf</t>
   </si>
   <si>
     <t>Indica a necessidade de motor bomba d'agua alta pressão, instalação de uma caixa d'agua e uma rede de distribuição na comunidade do Jatuarana lago do miuá.</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/392/document_20231205_0001.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/392/document_20231205_0001.pdf</t>
   </si>
   <si>
     <t>Indica a necessidade de sistema de tratamento de água e uma quadra poliesportiva para a comunidade do Ubim</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/393/document_20231205_0002.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/393/document_20231205_0002.pdf</t>
   </si>
   <si>
     <t>Indica a necessidade de reajuste do salário base dos membros do conselho tutelar da cidade de Codajás.</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/394/document_20231205_0003.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/394/document_20231205_0003.pdf</t>
   </si>
   <si>
     <t>Indica ao chefe do poder executivo municipal a necessidade de reforma completa da quadra poliesportiva no distrito do Murituba.</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/395/document_20231205_0004.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/395/document_20231205_0004.pdf</t>
   </si>
   <si>
     <t>Indica ao chefe do poder executivo municipal a necessidade de construção de uma praça com escadaria na ponta do vento - porto do distrito do Murituba.</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
     <t>IDC</t>
   </si>
   <si>
     <t>INDICAÇÃO CONJUNTA</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/306/indicacao_conjunta_001.2023.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/306/indicacao_conjunta_001.2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo municipal a necessidade de aquisição de um grupo gerador de energia para a comunidade da Flora no paraná do Badajós.</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/307/indicacao_conjunta_002.2023.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/307/indicacao_conjunta_002.2023.pdf</t>
   </si>
   <si>
     <t>Indicação ao chefe do Poder Executivo Municipal a necessidade de aquisição de fardamento e EI's para os funcionários da secertaria de obras e limpeza pública</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
     <t>REQUE</t>
   </si>
   <si>
     <t>REQUERIMENTO VEREADOR(A)</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/338/requerimento_2023.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/338/requerimento_2023.pdf</t>
   </si>
   <si>
     <t>Solicitação de regularização fundiária.</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/365/requerimetno_aline.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/365/requerimetno_aline.pdf</t>
   </si>
   <si>
     <t>Solicita da empresa PRAIA construtora o cronograma de obra da reforma do centro cultural em Codajás.</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
     <t>ALINE DAIANE ROSA DE SOUZA, CLEBERTON MARQUES ANTUNES, ELIANGELO OLIVEIRA DE LIMA, EVANDRO DELMIRO FEITOSA, MARIA DE MATOS BARBOSA, MARIO HELITO DE SOUZA MACIEL, ROBERTO SILVIO MARQUES VENANCIO, VANDERLEY BASTOS LIMA, ZENEIDE GUIMARAES COSTA</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/381/document_20231018_0004.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/381/document_20231018_0004.pdf</t>
   </si>
   <si>
     <t>Solicita a convocação do secretário municipal de saúde para prestar informações e esclarecimentos.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1446,68 +1446,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/372/pjdl001.2023.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/373/pjdl_002.2023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/382/pdl_003.2023.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/383/pdl_004.2023.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/386/pjdl_2.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/387/pjdl.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/388/pjdl_joao.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/389/pjdl_governador.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/390/pjdl_atila.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/308/pl_001.2023_conselho_da_pessoa_idosa.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/309/pl_002_conselho_cultura.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/310/pl_003_conselho_turismo.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/311/pl_004_fundo_cultura.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/312/pl_005_fundo_turismo.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/314/pjlo_006.2023_-_camera.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/339/plo_007.2023_-_ldo_2023.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/340/plo_008.2023_-_enfrentamento_a_violencia.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/341/plo_009.2023_-_conselho_aquicutura.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/354/pjlo_011.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/366/plo_012.2023.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/371/document_20231018_0001.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/384/plo_loa.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/385/plo.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/391/projeto_evangelho.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/397/pjlo_seguranca.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/398/pjlo_018.2023_defesa_civil.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/399/pjlo_assistencia_social.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/400/pjlo_compra.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/313/pjlc_001.2023_-_reajuste.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/316/pjlc_002.2023_-_enfermagem.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/396/pjlc_003_-_regulamenta_enfermagem.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/401/pjlc_004._cria_cargo_coordenador_defesa_civil.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/342/pelom_001.2023.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/347/pelom_002.2023_regencia.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/303/mocao_001.2023.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/374/mocao_aplauso.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/304/indicacao_1.2023.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/305/indicacao_2.2023.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/315/indicacao_01.2023_-vr._aline_daine_de_souza.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/317/indicacao_01.2023_-vr._roberto_silvio_e_valcifran_goncalves.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/318/indicacao_02.2023_-vr._roberto_silvio_e_valcifran_goncalves.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/319/indicacao_02.2023_-vr._aline_daine_de_souza.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/320/indicacao_03.2023_-vr._aline_daine_de_souza.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/321/indicacao_04.2023_-vr._aline_daine_de_souza.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/322/indicacao_06.2023_-vr._aline_daine_de_souza.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/323/indicacao_03.2023_-_vr._maria.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/324/indicacao_02.2023_-vr._eliangelo_oliveira.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/325/indicacao_07.2023_-_vr._eliangelo_oliveira.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/326/indicacao_05.2023_-_vr._eliangelo_oliveira.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/327/indicacao_06.2023_-_vr._eliangelo_oliveira.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/328/indicacao_07.2023_-vr._aline_daine_de_souza.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/329/indicacao_08.2023_-_vr._eliangelo_oliveira.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/330/indicacao_10.2023_-_vr._eliangelo_oliveira.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/331/indicacao_11.2023_-_vr._eliangelo_oliveira.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/332/indicacao_12.2023_-_vr._eliangelo_oliveira.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/333/indicacao_08.2023_-vr._aline_daine_de_souza.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/334/indicacao_02.2023_-vr._mario_helito.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/335/indicacao_013.2023_-_vr._aline_daiane_de_souza.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/336/indicacao_001.2023_-_vr._cleberton_antunes.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/337/indicacao_03.2023_-vr._mario_helito.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/343/indicacao_aline.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/344/indicacaoaline.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/345/aline_indicacao.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/355/indicacao_17_aline.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/356/indicacao_03_vancifran_e_silvio.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/357/indicacao_04_valcifran_e_silvio.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/358/indicacao_013_eliangelo.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/359/indicacao_014_eliangelo.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/360/eliangelo_moto_taxi.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/361/eliangelo_nomeacao_ramal.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/362/eliangelo_registro_comunidade.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/363/aline_queimadas.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/364/evandro_secretaria_de_obras.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/369/indicacao.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/370/document_20230823_0002.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/375/document_20231011_0001.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/376/document_20231011_0002.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/377/document_20231011_0003.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/378/document_20231011_0004.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/379/document_20231018_0002.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/380/document_20231018_0003.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/392/document_20231205_0001.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/393/document_20231205_0002.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/394/document_20231205_0003.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/395/document_20231205_0004.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/306/indicacao_conjunta_001.2023.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/307/indicacao_conjunta_002.2023.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/338/requerimento_2023.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/365/requerimetno_aline.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/381/document_20231018_0004.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/372/pjdl001.2023.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/373/pjdl_002.2023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/382/pdl_003.2023.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/383/pdl_004.2023.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/386/pjdl_2.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/387/pjdl.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/388/pjdl_joao.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/389/pjdl_governador.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/390/pjdl_atila.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/308/pl_001.2023_conselho_da_pessoa_idosa.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/309/pl_002_conselho_cultura.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/310/pl_003_conselho_turismo.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/311/pl_004_fundo_cultura.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/312/pl_005_fundo_turismo.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/314/pjlo_006.2023_-_camera.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/339/plo_007.2023_-_ldo_2023.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/340/plo_008.2023_-_enfrentamento_a_violencia.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/341/plo_009.2023_-_conselho_aquicutura.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/354/pjlo_011.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/366/plo_012.2023.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/371/document_20231018_0001.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/384/plo_loa.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/385/plo.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/391/projeto_evangelho.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/397/pjlo_seguranca.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/398/pjlo_018.2023_defesa_civil.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/399/pjlo_assistencia_social.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/400/pjlo_compra.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/313/pjlc_001.2023_-_reajuste.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/316/pjlc_002.2023_-_enfermagem.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/396/pjlc_003_-_regulamenta_enfermagem.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/401/pjlc_004._cria_cargo_coordenador_defesa_civil.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/342/pelom_001.2023.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/347/pelom_002.2023_regencia.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/303/mocao_001.2023.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/374/mocao_aplauso.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/304/indicacao_1.2023.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/305/indicacao_2.2023.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/315/indicacao_01.2023_-vr._aline_daine_de_souza.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/317/indicacao_01.2023_-vr._roberto_silvio_e_valcifran_goncalves.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/318/indicacao_02.2023_-vr._roberto_silvio_e_valcifran_goncalves.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/319/indicacao_02.2023_-vr._aline_daine_de_souza.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/320/indicacao_03.2023_-vr._aline_daine_de_souza.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/321/indicacao_04.2023_-vr._aline_daine_de_souza.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/322/indicacao_06.2023_-vr._aline_daine_de_souza.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/323/indicacao_03.2023_-_vr._maria.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/324/indicacao_02.2023_-vr._eliangelo_oliveira.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/325/indicacao_07.2023_-_vr._eliangelo_oliveira.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/326/indicacao_05.2023_-_vr._eliangelo_oliveira.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/327/indicacao_06.2023_-_vr._eliangelo_oliveira.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/328/indicacao_07.2023_-vr._aline_daine_de_souza.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/329/indicacao_08.2023_-_vr._eliangelo_oliveira.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/330/indicacao_10.2023_-_vr._eliangelo_oliveira.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/331/indicacao_11.2023_-_vr._eliangelo_oliveira.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/332/indicacao_12.2023_-_vr._eliangelo_oliveira.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/333/indicacao_08.2023_-vr._aline_daine_de_souza.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/334/indicacao_02.2023_-vr._mario_helito.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/335/indicacao_013.2023_-_vr._aline_daiane_de_souza.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/336/indicacao_001.2023_-_vr._cleberton_antunes.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/337/indicacao_03.2023_-vr._mario_helito.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/343/indicacao_aline.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/344/indicacaoaline.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/345/aline_indicacao.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/355/indicacao_17_aline.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/356/indicacao_03_vancifran_e_silvio.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/357/indicacao_04_valcifran_e_silvio.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/358/indicacao_013_eliangelo.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/359/indicacao_014_eliangelo.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/360/eliangelo_moto_taxi.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/361/eliangelo_nomeacao_ramal.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/362/eliangelo_registro_comunidade.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/363/aline_queimadas.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/364/evandro_secretaria_de_obras.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/369/indicacao.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/370/document_20230823_0002.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/375/document_20231011_0001.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/376/document_20231011_0002.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/377/document_20231011_0003.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/378/document_20231011_0004.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/379/document_20231018_0002.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/380/document_20231018_0003.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/392/document_20231205_0001.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/393/document_20231205_0002.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/394/document_20231205_0003.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/395/document_20231205_0004.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/306/indicacao_conjunta_001.2023.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/307/indicacao_conjunta_002.2023.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/338/requerimento_2023.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/365/requerimetno_aline.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2023/381/document_20231018_0004.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H92"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="35.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="128.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="127.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>