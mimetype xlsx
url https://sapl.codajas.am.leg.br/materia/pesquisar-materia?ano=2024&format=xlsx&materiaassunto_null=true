--- v0 (2025-12-07)
+++ v1 (2026-03-31)
@@ -54,1107 +54,1107 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>PROJETO DE DECRETO LEGISLATIVO</t>
   </si>
   <si>
     <t>ALINE DAIANE ROSA DE SOUZA</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/423/projeto_de_decreto_legislativo-_alzinete_lopes_sobrinho.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/423/projeto_de_decreto_legislativo-_alzinete_lopes_sobrinho.pdf</t>
   </si>
   <si>
     <t>Outorga a Senhora ALZINETE LOPES SOBRINHO, o título de cidadã honorária de município de Codajás e da outras providencias.</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/430/projeto_de_decreto_legislativo-jose_antonio_carodoso_da_fonseca.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/430/projeto_de_decreto_legislativo-jose_antonio_carodoso_da_fonseca.pdf</t>
   </si>
   <si>
     <t>Outorga ao Senhor JOSE ANTONIO CARDOSO DA FONSECA, o título de cidadão honorário do município de Codajás e dá outras providências.</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/432/projeto_de_decreto_legislativo-_pablo_oliva_souza.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/432/projeto_de_decreto_legislativo-_pablo_oliva_souza.pdf</t>
   </si>
   <si>
     <t>Outorga ao Senhor PABLO OLIVA SOUZA, o título de cidadão honorário do município de Codajás e dá outras providências.</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/435/projeto_de_decreto_legislativo-vinicius_picanco_lopes.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/435/projeto_de_decreto_legislativo-vinicius_picanco_lopes.pdf</t>
   </si>
   <si>
     <t>Outorga ao Senhor VINICIUS PICANÇO LOPES, o título de cidadão honorário do município de Codajás e dá outras providências.</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>ROBERTO SILVIO MARQUES VENANCIO, VALCIFRAN DE ASSIS GONÇALVES</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/439/002-2024-projeto_de_decreto_legislativo-_jeimeson_caldas_liradocument_20240408_0004.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/439/002-2024-projeto_de_decreto_legislativo-_jeimeson_caldas_liradocument_20240408_0004.pdf</t>
   </si>
   <si>
     <t>OUTORGA AO SENHOR JEIMESON CALDAS LIRA O TÍTULO DE CIDADÃO HONORÁRIO CODAJAENSE PELOS RELEVANTES SERVIÇOS PRESTADOS A FRENTE DA SEC. MUNICIPAL DE ADMINISTRAÇÃO DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/442/001-2024-projeto_de_decreto_legislativo-_francisco_de_jesus_ferreira.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/442/001-2024-projeto_de_decreto_legislativo-_francisco_de_jesus_ferreira.pdf</t>
   </si>
   <si>
     <t>OUTORGA AO SENHOR FRANCISCO DE JESUS COSTA FERREIRA "SEU FRANCISCO DA AGROINDUSTRIA" O TÍTULO DE CIDADÃO HONORÁRIO CODAJAENSE PELOS RELEVANTES SERVIÇOS PRESTADOS A FRENTE DA SEC. MUNICIPAL DE ADMINISTRAÇÃO DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>CLEBERTON MARQUES ANTUNES</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/443/projeto_de_decreto_legislativo-_yara_amazonia_lins_rodrigues.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/443/projeto_de_decreto_legislativo-_yara_amazonia_lins_rodrigues.pdf</t>
   </si>
   <si>
     <t>Outorga a Senhora Yara Amazônia Lins Rodrigues, o título de cidadã honorário do município de Codajás e dá outras providências.</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/444/projeto_de_decreto_legislativo-_fausto_vieira_dos_santos_junior.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/444/projeto_de_decreto_legislativo-_fausto_vieira_dos_santos_junior.pdf</t>
   </si>
   <si>
     <t>Outorga ao Senhor Fausto Vieira dos Santos Júnior, o título de cidadão honorário do município de Codajás e dá outras providências.</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/445/001-2024-projeto_de_decreto_legislativo-_francisco_de_jesus_ferreira.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/445/001-2024-projeto_de_decreto_legislativo-_francisco_de_jesus_ferreira.pdf</t>
   </si>
   <si>
     <t>Outorga ao Senhor FRANCISCO DE JESUS COSTA FERREIRA, o título de cidadão honorário do município de Codajás e dá outras providências.</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>ELIANGELO OLIVEIRA DE LIMA, MARIA DE MATOS BARBOSA, ZENEIDE GUIMARAES COSTA</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/446/projeto_de_decreto_legislatico-_carlos_eduardo_brga.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/446/projeto_de_decreto_legislatico-_carlos_eduardo_brga.pdf</t>
   </si>
   <si>
     <t>Outorga ao Senhor CARLOS EDUARDO DE SOUZA BRAGA, o título de cidadão honorário do município de Codajás e dá outras providências.</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>ALINE DAIANE ROSA DE SOUZA, ELIANGELO OLIVEIRA DE LIMA, EVANDRO DELMIRO FEITOSA, MARIA DE MATOS BARBOSA, MARIO HELITO DE SOUZA MACIEL, NICOLE KATLLEN DE SOUZA MIRANDA, ROBERTO SILVIO MARQUES VENANCIO, VALCIFRAN DE ASSIS GONÇALVES, ZENEIDE GUIMARAES COSTA</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/447/projeto_de_decreto_legislativo-_omar.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/447/projeto_de_decreto_legislativo-_omar.pdf</t>
   </si>
   <si>
     <t>Outorga ao Senhor OMAR JOSÉ ABDEL AZIZ, o título de cidadão honorário do município de Codajás e dá outras providências.</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/448/dereto_de_projeto_legislativo-_waldemir.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/448/dereto_de_projeto_legislativo-_waldemir.pdf</t>
   </si>
   <si>
     <t>Outorga ao Senhor WALDEMIR ANTONIO DOS SABTOS, o diploma de honra ao mérito.</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/449/projeto_de_decreto_legislativo-_dulcira.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/449/projeto_de_decreto_legislativo-_dulcira.pdf</t>
   </si>
   <si>
     <t>Outorga ao Senhor DULCIRA GUIMARAES DE OLIVEIRA, o diploma de honra ao mérito.</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/450/dereto_de_projeto_legislativo-_waldemir.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/450/dereto_de_projeto_legislativo-_waldemir.pdf</t>
   </si>
   <si>
     <t>Outorga ao Senhor, WALDEMIR ANTONIO DOS SANTOS o título de cidadão honorário do município de Codajás e dá outras providências.</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>NICOLE KATLLEN DE SOUZA MIRANDA</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/451/015-2024-projeto_de_decreto_legislativo-_dr.alberto_rodrigues_do_nascimento_junior.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/451/015-2024-projeto_de_decreto_legislativo-_dr.alberto_rodrigues_do_nascimento_junior.pdf</t>
   </si>
   <si>
     <t>Outorga ao Dr. ALBERTO RODRIGUES DO NASCIMENTO JUNIOR , o título de cidadão honorário do município de Codajás e dá outras providências.</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/456/projeto_de_decreto_legislativo-_titulo_de_cidada-_dra._ana_cristina_de_oliveira_reboucas.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/456/projeto_de_decreto_legislativo-_titulo_de_cidada-_dra._ana_cristina_de_oliveira_reboucas.pdf</t>
   </si>
   <si>
     <t>Outorga a Dra. Ana Cristina de Oliveira Rebouças o título de cidadã honorária do município de Codajás e dá outras providências.</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/457/projeto_de_decreto_legislativo-titulo_de_cidadao-_jorge_elias_costa_de_oliveira.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/457/projeto_de_decreto_legislativo-titulo_de_cidadao-_jorge_elias_costa_de_oliveira.pdf</t>
   </si>
   <si>
     <t>Outorga ao JORGE ELIAS COSTA DE OLIVEIRA   o título de cidadão honorário do município de Codajás e dá outras providências.</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/458/projeto_de_decreto_legislativo-titulo_de_cidadao_honorario-_francisco_da_silva_dantas.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/458/projeto_de_decreto_legislativo-titulo_de_cidadao_honorario-_francisco_da_silva_dantas.pdf</t>
   </si>
   <si>
     <t>Outorga ao Senhor FRANCISCO DA SILVA DANTAS, o título de cidadão honorário do município de Codajás e dá outras providências.</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/459/projeto_de_decreto_legislativo-_titulo_de_cidadao_honorario-_eli_gomes_de_farias.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/459/projeto_de_decreto_legislativo-_titulo_de_cidadao_honorario-_eli_gomes_de_farias.pdf</t>
   </si>
   <si>
     <t>Outorga ao Senhor ELI GOMES DE FARIAS, o título de cidadão honorário do município de Codajás e dá outras providências.</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/502/projeto_de_decreto_legislativo_no_004-2024-_autorga_a_defesa_civil_do_municipio_o_certificado_de_honra_ao_merito_.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/502/projeto_de_decreto_legislativo_no_004-2024-_autorga_a_defesa_civil_do_municipio_o_certificado_de_honra_ao_merito_.pdf</t>
   </si>
   <si>
     <t>AUTORGA A EQUIPE DA DEFESA CIVIL DO MUNICIPIO O CERTIFICADO DE HONRA AO MÉRITO PELOS RELEVANTES SERVIÇOS PRESTADOS A POPULAÇÃO RIBEIRINHA NO MUNÍCIPIO NO TEMPO DE ESTIAGEM DOS RIOS.</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/503/projeto_de_decreto_legislativo_no_005-2024-autorga_a_equipe_de_trabalho_de_abertura_dos_ramais_de_codajas_o_certificado_de_honra_ao_merito.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/503/projeto_de_decreto_legislativo_no_005-2024-autorga_a_equipe_de_trabalho_de_abertura_dos_ramais_de_codajas_o_certificado_de_honra_ao_merito.pdf</t>
   </si>
   <si>
     <t>AUTORGA A EQUIPE DE TRABALHO DE ABERTURA DOS RAMAIS DE CODAJÁS O CERTIFICADO DE HONRA AO MÉRITO PELOS RELEVANTES SERVIÇOS PRESTADOS AO MUNICÍPIO.</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/504/projeto_de_decreto_legislativo_no_004-2024-_autorga_a_equipe_de_limpeza_publica_de_codajas_o_certificado_de_honra_ao_merito-.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/504/projeto_de_decreto_legislativo_no_004-2024-_autorga_a_equipe_de_limpeza_publica_de_codajas_o_certificado_de_honra_ao_merito-.pdf</t>
   </si>
   <si>
     <t>AUTORGA A EQUIPE DE LIMPEZA PÚBLICA DE CODAJÁS O CERTIFICADO DE HONRA AO MÉRITO PELOS RELEVANTES SERVIÇOS PRESTADOS AO NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/505/projeto_de_decreto_legislativo_n_005-2024-_autorga_a_equipe_de_saude_envolvida_nos_multiroes_de_cirurgias_eletivas_no_hospital_do_municipio.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/505/projeto_de_decreto_legislativo_n_005-2024-_autorga_a_equipe_de_saude_envolvida_nos_multiroes_de_cirurgias_eletivas_no_hospital_do_municipio.pdf</t>
   </si>
   <si>
     <t>AUTORGA A EQUIPE DE SAÚDE ENVOLVIDA NOS MULTIRÕES DE CIRURGIAS ELETIVAS NO HOSPITAL DO MUNICIPIO, O CERTIFICADO DE HONRA AO MÉRITO PELOS RELEVANTES SERVIÇOS PRESTADOS A SAÚDE DA POPULAÇÃO.</t>
   </si>
   <si>
     <t>513</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>EVANDRO DELMIRO FEITOSA</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/513/projeto_de_lei_no-2024-_outorga_o_diploma_de_honra_ao_merito_a_ivane_araujo_sampaio..pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/513/projeto_de_lei_no-2024-_outorga_o_diploma_de_honra_ao_merito_a_ivane_araujo_sampaio..pdf</t>
   </si>
   <si>
     <t>Outorga o diploma de HONRA AO MÉRITO a IVANE ARAÚJO SAMPAIO.</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA</t>
   </si>
   <si>
     <t>PREFEITO</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/402/plo_001.2024.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/402/plo_001.2024.pdf</t>
   </si>
   <si>
     <t>Altera a redação do art. 47 parágrafo único da Lei municipal n. 135 de 11 de julho de 2020 e ficam revogadas as leis 198/2006 e 281/2011.</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/415/pjlo_002.2024.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/415/pjlo_002.2024.pdf</t>
   </si>
   <si>
     <t>Reconhece a instituição "Fazenda da Esperança" localizada no município de Coari, como instituição de interesse público no âmbito do município de Codajás.</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/416/pjlo_003.2024.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/416/pjlo_003.2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o apoio e o patrocínio de pessoas físicas e jurídicas de direito privado a eventos e ações do município e dá outras providências.</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/417/pjlo_004.2024.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/417/pjlo_004.2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de tendas de acolhimento a vítimas e disponibilização de materiais informativos sobre violência sexual durante eventos municipais.</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/418/pjlo_005.2024.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/418/pjlo_005.2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a outorga a Rede Nacional de Ensino e Pesquisa - RNP sob a forma de cessão de uso da área do patrimônio do municipal para fins de implantação da data center modular fiberhome fitberg-C20</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/419/pjlo_006.2024.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/419/pjlo_006.2024.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo da lei n. 401/2019 de 17 de outubro de 2019, anexo II, que dispõe sobre os valores da tabela de vencimento parte I - educação e parte II - área administrativa e dá outras providências.</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/420/pjlo_007.2024.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/420/pjlo_007.2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a outorga a empresa Highline do Brasil II Infraestrutura de Telecomunicações S/A sob a forma de permissão de uso da área do patrimônio municipal para fins de instalação da torre de telefonia celular da claro no distrito do Murituba.</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/455/projeto_de_lei-politica_municipal_de_educacao_integral_da_rede_municipal-.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/455/projeto_de_lei-politica_municipal_de_educacao_integral_da_rede_municipal-.pdf</t>
   </si>
   <si>
     <t>“Institui a Politica Municipal de Educação Integral da Rede Municipal de Ensino do Munícipio de Codajás e dá outras providências”.</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
     <t>ALINE DAIANE ROSA DE SOUZA, EVANDRO DELMIRO FEITOSA, MARIO HELITO DE SOUZA MACIEL, VANDERLEY BASTOS LIMA</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/460/projeto_de_decreto_legislativo-sim-constituicao_do_servico_de_inspencao_municipal_de_produtos_de_origem_animal_no_municipio_de_codajas-am.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/460/projeto_de_decreto_legislativo-sim-constituicao_do_servico_de_inspencao_municipal_de_produtos_de_origem_animal_no_municipio_de_codajas-am.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONSTITUIÇÃO DO SERVIÇO DE INSPEÇÃO MUNICIPAL DE PRODUTOS DE ORIGEM ANIMAL NO MUNICÍPIO DE CODAJÁS, AMAZONAS.</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
     <t>CLEBERTON MARQUES ANTUNES, ELIANGELO OLIVEIRA DE LIMA, MARIA DE MATOS BARBOSA, NICOLE KATLLEN DE SOUZA MIRANDA</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/482/projeto_de_lei-_desincorporacao_especifica_de_bens_moveis_inserviveis_da_camara_municipal_de_codajas.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/482/projeto_de_lei-_desincorporacao_especifica_de_bens_moveis_inserviveis_da_camara_municipal_de_codajas.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Legislativo Municipal, a efetuar desincorporação específica de bens de bens móveis inservíveis da Câmara Municipal de Codajás, nos termos que especifica e determina.</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/485/projeto_e_lei_-_institui_a_politica_municipal_de_associativismo_e_cooperativismo_no_municipio.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/485/projeto_e_lei_-_institui_a_politica_municipal_de_associativismo_e_cooperativismo_no_municipio.pdf</t>
   </si>
   <si>
     <t>Institui a Política Municipal de Associativismo e Cooperativismo no Município de Codajás e dá outras providências.</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/486/projeto_de_lei-_componentes_municipais_do_sistema_nacional_de_seguranca_alimentar_e_nutricional_.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/486/projeto_de_lei-_componentes_municipais_do_sistema_nacional_de_seguranca_alimentar_e_nutricional_.pdf</t>
   </si>
   <si>
     <t>Cria os componentes municipais do Sistema Nacional de Segurança Alimentar e Nutricional-SISAN, sendo o Conselho Municipal-COMSEA, a Câmara Intersetorial-CAISAN; institui a Conferência Municipal de Segurança Alimentar e Nutricional-CONFESEA; define Os parâmetros para elaboração e implementação do Plano Municipal de Segurança Alimentar e Nutricional, revoga a Lei Municipal nº 161, de 17 de março de 2004, e dá outras providências.</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/487/projeto_de_lei_-_dispoe_sobre_as_diretrizes_para_a_elaboracao_da_lei_orcamentaria_de_2025_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/487/projeto_de_lei_-_dispoe_sobre_as_diretrizes_para_a_elaboracao_da_lei_orcamentaria_de_2025_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para a elaboração da Lei Orçamentária de 2025 e dá outras providências.</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
     <t>ELIANGELO OLIVEIRA DE LIMA, MARIA DE MATOS BARBOSA, NICOLE KATLLEN DE SOUZA MIRANDA, ROBERTO SILVIO MARQUES VENANCIO, CLEBERTON MARQUES ANTUNES</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/489/projeto_de_lei_ordinaria-_fixacao_do_subsidio_dos_vereadores_para_a_16a_legislatura_-2025-2028.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/489/projeto_de_lei_ordinaria-_fixacao_do_subsidio_dos_vereadores_para_a_16a_legislatura_-2025-2028.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a fixação do subsídio dos VEREADORES para a 16ª legislatura 2025-2028.</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
     <t>CLEBERTON MARQUES ANTUNES, ELIANGELO OLIVEIRA DE LIMA, MARIA DE MATOS BARBOSA, NICOLE KATLLEN DE SOUZA MIRANDA, ROBERTO SILVIO MARQUES VENANCIO</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/490/projeto_de_lei_ordinaria-_fixacao_do_subsidio_do_prefeito-viceprefeito_e_dos_secretarios-quadrienio_2025-2028.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/490/projeto_de_lei_ordinaria-_fixacao_do_subsidio_do_prefeito-viceprefeito_e_dos_secretarios-quadrienio_2025-2028.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Fixação do Subsídio do PREFEITO, VICE PREFEITO, e dos  SECRETÁRIOS Municipais para o Quadriénio 2025-2028.</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/491/autoriza_a_prefeitura_municipal_de_codajas-am_a_firmar_covenios_com_entidades_publicas_e_privadas_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/491/autoriza_a_prefeitura_municipal_de_codajas-am_a_firmar_covenios_com_entidades_publicas_e_privadas_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>Autoriza a Prefeitura Municipal de Codajás-AM a Firmar Convênios com Entidades Públicas e Privadas e dá outras Providências.</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
     <t>ELIANGELO OLIVEIRA DE LIMA</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/492/projeto_de_lei_ordinaria-_institui_o_dia_municipal_do_estivador_no_municipio_de_codajas-am.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/492/projeto_de_lei_ordinaria-_institui_o_dia_municipal_do_estivador_no_municipio_de_codajas-am.pdf</t>
   </si>
   <si>
     <t>Institui o dia Municipal do Estivador no Município de Codajás/AM.</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/493/projeto_de_lei_ordinaria-_a_criacao_do__programa_municipal_de_certificacao__selo_arte__-.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/493/projeto_de_lei_ordinaria-_a_criacao_do__programa_municipal_de_certificacao__selo_arte__-.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Criação do Programa Municipal de Certificação "SELO ARTE" e dá outras Providências.</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/494/projeto_de_lei_ordinaria-_protecao_e_bem-estar_dos_animais_no_municipio-.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/494/projeto_de_lei_ordinaria-_protecao_e_bem-estar_dos_animais_no_municipio-.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Proteção e Bem-Estar dos Animais no Município e dá outras Providências.</t>
   </si>
   <si>
     <t>506</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/506/projeto_de_lei-_dispoe_sobre_a_obrigatoriedade_de_premiacao_igualitaria_para_homens_e_mulheres_em_competicoes_.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/506/projeto_de_lei-_dispoe_sobre_a_obrigatoriedade_de_premiacao_igualitaria_para_homens_e_mulheres_em_competicoes_.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DE PREMIAÇÃO IGUALITÁRIA PARA HOMENS E MULHERES EM COMPETIÇÕES REALIZADAS PELA PREFEITURA MUNICIPAL DE CODAJÁS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/507/projeto_de_lei-_dispooe_sobre_a_instituicao_do_dia_do_cristao_no_municipio_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/507/projeto_de_lei-_dispooe_sobre_a_instituicao_do_dia_do_cristao_no_municipio_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO DIA DO CRISTÃO NO MUNICÍPIO DE CODAJÁS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>508</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/508/projeto_de_lei-_estima_a_receita_e_fixa_a_despesa_do_orcamento_anual_do_municipio_de_codajas_para_o_exercicio_financeiro_de_2025.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/508/projeto_de_lei-_estima_a_receita_e_fixa_a_despesa_do_orcamento_anual_do_municipio_de_codajas_para_o_exercicio_financeiro_de_2025.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e fixa a Despesa do Orçamento Anual do Município de CODAJÁS, para o exercício financeiro de 2025.</t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/509/projeto_de_lei_n_dispoe_sobre_o_plano_municipal_de_cultura_pmc_do_municipio_de_codajas_estado_do_amazonas_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/509/projeto_de_lei_n_dispoe_sobre_o_plano_municipal_de_cultura_pmc_do_municipio_de_codajas_estado_do_amazonas_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano Municipal de Cultura, PMC do Município de Codajás, Estado do Amazonas, e dá outras providências.</t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/512/projeto_de_lei_n-2024-_estabelece_criterios_para_a_fixacao_de_diarias_aos_membros_do_poder_legislativo_municipal_de_codajas_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/512/projeto_de_lei_n-2024-_estabelece_criterios_para_a_fixacao_de_diarias_aos_membros_do_poder_legislativo_municipal_de_codajas_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>Estabelece critérios para a fixação de diárias aos membros do Poder Legislativo Municipal de Codajás, e dá outras providências.</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR</t>
   </si>
   <si>
     <t>CLEBERTON MARQUES ANTUNES, ELIANGELO OLIVEIRA DE LIMA, MARIA DE MATOS BARBOSA, NICOLE KATLLEN DE SOUZA MIRANDA, ROBERTO SILVIO MARQUES VENANCIO, VALCIFRAN DE ASSIS GONÇALVES</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/404/pjlc.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/404/pjlc.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o reajuste do vencimento base dos servidores do Poder Legislativo de Codajás.</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/453/n.001.2024-projeto_de_resolucao-.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/453/n.001.2024-projeto_de_resolucao-.pdf</t>
   </si>
   <si>
     <t>" Regulamentada a Lei n° 14.133, de 1° de abril de 2021, que dispõe sobre Licitações e Contratos Administrativos, no âmbito do Poder Legislativo municipal e dá outras providências."</t>
   </si>
   <si>
     <t>510</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/510/projeto_de_resolucao_legislativa_no_0022024.-altera_os_arts._6_e_7_e_paragrafos_do_regimento_interno_da_camara_municipal_de_codajasam_e_da_outras_providencias..pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/510/projeto_de_resolucao_legislativa_no_0022024.-altera_os_arts._6_e_7_e_paragrafos_do_regimento_interno_da_camara_municipal_de_codajasam_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>ALTERA OS ARTS. 6° e 7, E PARÁGRAFOS, DO REGIMENTO INTERNO, DA CÂMARA MUNICIPAL DE CODAJÁS/AM, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>MOÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/</t>
+    <t>http://sapl.codajas.am.leg.br/media/</t>
   </si>
   <si>
     <t>MOÇÃO HONROSA EM HOMENAGEM AO DIA INTERNACIONAL DA MULHER PARA TODA MULHER CODAJAENSE, E PARA REPRESENTAR TODAS FAÇO EM NOME DAS SENHORAS RAIMUNDA PLÁCIDO DE AQUINO E ELIETH ROCHA FARIAS.</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
     <t>INDIC</t>
   </si>
   <si>
     <t>INDICAÇÃO VEREADOR(A)</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/403/document_20240319_0001.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/403/document_20240319_0001.pdf</t>
   </si>
   <si>
     <t>Indica a necessidade de uma escola na comunidade flores bela na estrada Ozias Monteiro.</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
     <t>Indica ao chefe do poder executivo municipal a necessidade de instalação de letreiro com a descrição "Codajás a capital amazonense do açai"</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
     <t>MARIO HELITO DE SOUZA MACIEL</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/406/document_20240223_0003.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/406/document_20240223_0003.pdf</t>
   </si>
   <si>
     <t>Indica necessidade construção de uma escadaria no distrito do Badajós.</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/407/document_20240307_0005.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/407/document_20240307_0005.pdf</t>
   </si>
   <si>
     <t>Indica ao chefe do poder executivo a possibilidade de troca do nome da escola criança feliz pelo nome da ex-professora MARLENE BALIEIRO GONÇALVES.</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/408/document_20240223_0005.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/408/document_20240223_0005.pdf</t>
   </si>
   <si>
     <t>Indica a necessidade de aprofundar mais do furo no abc no Paranã do Badajós.</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/409/document_20240223_0004.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/409/document_20240223_0004.pdf</t>
   </si>
   <si>
     <t>Indica a necessidade de medidas de reparações no distrito do Badajós</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/410/document_20240223_0002.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/410/document_20240223_0002.pdf</t>
   </si>
   <si>
     <t>Indica a necessidade de uma escola na comunidade flores bela na estrada Ozias Monteiro</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
     <t>MARIA DE MATOS BARBOSA</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/411/document_20240223_0001.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/411/document_20240223_0001.pdf</t>
   </si>
   <si>
     <t>Indica ao chefe do poder executivo a necessidade de (01) uma van escolar para o transporte dos alunos do bairro santa Helena do distrito do Murituba.</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/412/document_20240307_0008.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/412/document_20240307_0008.pdf</t>
   </si>
   <si>
     <t>Indica ao chefe do poder executivo municipal a necessidade de serviços paliativos de limpeza/terraplanagem na sexta, sétima e oitava rua do bairro Bela Vista</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/413/document_20240318_0001.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/413/document_20240318_0001.pdf</t>
   </si>
   <si>
     <t>Indica ao chefe do poder executivo municipal a necessidade da construção de (01) uma ponte de concreto ao final da rua rio Badajós próximo ao ginásio reizão.</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/414/document_20240322_0001.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/414/document_20240322_0001.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVOMUNICIPAL A NECESSIDADE DE REAJUSTE AO SALÁRIO BASE DOS PSICÓLOGOS.</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE CRIAÇÃO DO PROGRAMA TRATAMENTO FORA DO DOMICILIO EM CASO DE CÂNCER.</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/422/document_20240405_0002.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/422/document_20240405_0002.pdf</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE 1,500 METROS DE CONCRETO NA ESTRADA DO MOADI.</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/452/document_20240410_0002.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/452/document_20240410_0002.pdf</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE CASA DE APOIO E ACOLHIMENTO DE CRIANÇAS E ADOLECENTES</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DA CONSTRUÇÃO DE (01) UMA ESCADARIA DE MADEIRA NO PARANÁ SO SALSA NA COMUNIDADE DO SALSA E NA COMUNIDADE TERRA PRETA.</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/464/document_20240605_0023.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/464/document_20240605_0023.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO A NECESSIDADE DE (01) UMA VAN ESCOLAR PARA O TRANSPORTE DOS ALUNOS DO BAIRRO SANTA HELENA DO DISTRITO DO MURITUBA.</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
     <t>VALCIFRAN DE ASSIS GONÇALVES</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/465/document_20240605_0022.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/465/document_20240605_0022.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO A NECESSIDADE DE INSTALAÇÃO DE UMA ESTRUTURA E CAIXA D'ÁGUA DE 5 MIL LITROS NAS PROXIMIDADES DA RUA RIO BADAJÓS COM O CORONEL RODRIGUES DAS NEVES.</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/466/document_20240605_0021.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/466/document_20240605_0021.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE AQUISIÇÃO DE UMA AMBULANCHA PARA ATENDER AS COMUNIDADES DO PROFETA MOISES E SACAMBÚ.</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/467/document_20240605_0020.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/467/document_20240605_0020.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE URGÊNCIA NA ESTRUTURAÇÃO DA SALA DE MAMOGRAFIA</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/468/document_20240605_0019.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/468/document_20240605_0019.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE CONSTRUÇÃO DE UMA RUA INTERLIGANDO A RUA RIO BADAJÓS COM EDUARDO RIBEIRO</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/470/document_20240605_0017.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/470/document_20240605_0017.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE REFORMA DO CARRO DA FUNERÁRIA OU DA AQUISIÇÃO DE UM VEÍCULO NOVO</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/471/document_20240605_0016.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/471/document_20240605_0016.pdf</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE CONSTRUÇÃO DE UMA ESCADARIA NO DISTRITO DO BADAJÓS</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/472/document_20240605_0015.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/472/document_20240605_0015.pdf</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE LIMPEZA NO SISTEMA DE ESGOTO NA RUA ALFREDO DE SÁ ATRÁS DA CHÁCARA ÁGUIAR</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/473/document_20240605_0013.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/473/document_20240605_0013.pdf</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE MEDIDAS DE REPARAÇÕES NO DISTRITO DO BADAJÓS</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/474/document_20240605_0014.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/474/document_20240605_0014.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO A NECESSIDADE DO REGISTRO LEGAL DA COMUNIDADE VILA AMAZONAS NA REÇACA DO IAÇA NAS ONÇAS</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/475/document_20240605_0012.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/475/document_20240605_0012.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE ABERTURA E LIMPEZA DO RAMAL DO JATUARANA</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/476/document_20240605_0013.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/476/document_20240605_0013.pdf</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/477/document_20240605_0012.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/477/document_20240605_0012.pdf</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/478/document_20240605_0009.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/478/document_20240605_0009.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO A NECESSIDADE DE ABERTURA DO RAMAL DO TARACUÁ PRO LARANJAL</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/479/document_20240605_0010.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/479/document_20240605_0010.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO  MUNICIPAL A NECESSIDADE DO REGISTRO LEGAL DA COMUNIDADE VILA AMAZONAS LOCALIZADA NA REGIÃO DAS ONÇAS, PRÓXIMO A COMUNIDADE NOVA JERUSALÉM</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/480/document_20240605_0010.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/480/document_20240605_0010.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DO REGISTRO LEGAL DA COMUNIDADE VILA AMAZONAS LOCALIZADA NA REGIÃO DAS ONÇAS , PRÓXIMO A COMUNIDADE JERUSALÉM</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/481/document_20240605_0011.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/481/document_20240605_0011.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE ABERTURA, LIMPEZA E CONCRETAGEM DAS RUAS DO BAIRRO NOVA CONQUISTA</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/483/document_20240612_0004.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/483/document_20240612_0004.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE AQUISIÇÃO DE UM MOTOR BOMBA PARA ATENDER A COMUNIDADE VALE DE BENÇÃOS- REGIÃO DO URUCURI</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/484/document_20240612_0005_1.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/484/document_20240612_0005_1.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE AMPLIAÇÃO DA ESCOLA COM O BANHEIRO E INSTALAÇÃO DE VENTILADORES BEM COMO A SUBSTITUIÇÃO DE LAMPADAS QUEIMADAS E ESTUDO DE VIABILIDADE DE INSTALAÇÃO DE POÇO NA COMUNIDADE DO SACAMBU</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/488/document_20240618_0001.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/488/document_20240618_0001.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE LIMPEZA DO RAMAL DA ENERGIA DA COMUNIDADE DO URUCURI ATÉ O MURITUBA</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/495/document_20240702_0002_1.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/495/document_20240702_0002_1.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE INSTALAÇÃO DOS EQUIPAMENTOS ADQUIRIDOS PARA O HOSPITAL COM A EMENDA PARLAMENTAR SOLICITADA PELA VEREADORA ALINE ROSAS</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/496/document_20240702_0001_1.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/496/document_20240702_0001_1.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DO ENVIO COM URGÊNGIA DO CÓDIGO AMBIENTAL E SANITÁRIO</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/497/document_20240715_0001.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/497/document_20240715_0001.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE ABERTURA, LIMPEZA E CONCRETAGEM DAS RUAS QUE FALTAM SER CONCLUÍDAS DO BAIRO BELA VISTA</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/498/document_20240729_0005.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/498/document_20240729_0005.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DO REGISTRO LEGAL DA COMUNIDADE NOSSA SENHORA APARECIDA LOCALIZADA NO LAGO DO PEORINÍ</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL A NECESSIDADE DE UMA ESTAÇÃO DE TRATAMENTO DE AGUA NA COMUNIDADE BOM JESUS ILHA DAS ONÇAS.</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/500/document_20240820_0004.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/500/document_20240820_0004.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DO CONCERTO DO GRUPO GERADOR OU UM NOVO GRUPO GERADOR PARA ATENDER A COMUNIDADE SÃO FRANCISCO DO TRINDADE LOCALIZADA NO PARANÁ DO CARECA.</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/501/document_20240820_0005.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/501/document_20240820_0005.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A CRIAÇÃO DE UM DEPARTAMENTO DE ASSUNTOS RELIGIOSOS NO ÂMBITO DA PREFEITURA MUNICIPAL DE CODAJÁS.</t>
   </si>
   <si>
     <t>514</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/514/indicacao_eliangel0.01.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/514/indicacao_eliangel0.01.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE INFORMAÇÃO DAS UNIDADES DE SAÚDE</t>
   </si>
   <si>
     <t>515</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/515/indicacao_eliangelo.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/515/indicacao_eliangelo.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE REAJUSTE DA AJUDA DE CUSTO DA PREFEITURA AO PROGRAMA MAIS MÉDICO</t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/516/indicacao_maria_de_matos.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/516/indicacao_maria_de_matos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DA IMPLANTAÇÃO DO PROGRAMA TRATAMENTO FORA DO DOMICILIO MUNICIPAL ( T.F.D.M) DO MUNICÍPIO DE CODAJAS.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1461,68 +1461,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/423/projeto_de_decreto_legislativo-_alzinete_lopes_sobrinho.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/430/projeto_de_decreto_legislativo-jose_antonio_carodoso_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/432/projeto_de_decreto_legislativo-_pablo_oliva_souza.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/435/projeto_de_decreto_legislativo-vinicius_picanco_lopes.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/439/002-2024-projeto_de_decreto_legislativo-_jeimeson_caldas_liradocument_20240408_0004.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/442/001-2024-projeto_de_decreto_legislativo-_francisco_de_jesus_ferreira.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/443/projeto_de_decreto_legislativo-_yara_amazonia_lins_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/444/projeto_de_decreto_legislativo-_fausto_vieira_dos_santos_junior.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/445/001-2024-projeto_de_decreto_legislativo-_francisco_de_jesus_ferreira.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/446/projeto_de_decreto_legislatico-_carlos_eduardo_brga.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/447/projeto_de_decreto_legislativo-_omar.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/448/dereto_de_projeto_legislativo-_waldemir.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/449/projeto_de_decreto_legislativo-_dulcira.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/450/dereto_de_projeto_legislativo-_waldemir.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/451/015-2024-projeto_de_decreto_legislativo-_dr.alberto_rodrigues_do_nascimento_junior.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/456/projeto_de_decreto_legislativo-_titulo_de_cidada-_dra._ana_cristina_de_oliveira_reboucas.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/457/projeto_de_decreto_legislativo-titulo_de_cidadao-_jorge_elias_costa_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/458/projeto_de_decreto_legislativo-titulo_de_cidadao_honorario-_francisco_da_silva_dantas.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/459/projeto_de_decreto_legislativo-_titulo_de_cidadao_honorario-_eli_gomes_de_farias.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/502/projeto_de_decreto_legislativo_no_004-2024-_autorga_a_defesa_civil_do_municipio_o_certificado_de_honra_ao_merito_.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/503/projeto_de_decreto_legislativo_no_005-2024-autorga_a_equipe_de_trabalho_de_abertura_dos_ramais_de_codajas_o_certificado_de_honra_ao_merito.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/504/projeto_de_decreto_legislativo_no_004-2024-_autorga_a_equipe_de_limpeza_publica_de_codajas_o_certificado_de_honra_ao_merito-.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/505/projeto_de_decreto_legislativo_n_005-2024-_autorga_a_equipe_de_saude_envolvida_nos_multiroes_de_cirurgias_eletivas_no_hospital_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/513/projeto_de_lei_no-2024-_outorga_o_diploma_de_honra_ao_merito_a_ivane_araujo_sampaio..pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/402/plo_001.2024.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/415/pjlo_002.2024.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/416/pjlo_003.2024.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/417/pjlo_004.2024.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/418/pjlo_005.2024.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/419/pjlo_006.2024.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/420/pjlo_007.2024.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/455/projeto_de_lei-politica_municipal_de_educacao_integral_da_rede_municipal-.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/460/projeto_de_decreto_legislativo-sim-constituicao_do_servico_de_inspencao_municipal_de_produtos_de_origem_animal_no_municipio_de_codajas-am.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/482/projeto_de_lei-_desincorporacao_especifica_de_bens_moveis_inserviveis_da_camara_municipal_de_codajas.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/485/projeto_e_lei_-_institui_a_politica_municipal_de_associativismo_e_cooperativismo_no_municipio.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/486/projeto_de_lei-_componentes_municipais_do_sistema_nacional_de_seguranca_alimentar_e_nutricional_.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/487/projeto_de_lei_-_dispoe_sobre_as_diretrizes_para_a_elaboracao_da_lei_orcamentaria_de_2025_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/489/projeto_de_lei_ordinaria-_fixacao_do_subsidio_dos_vereadores_para_a_16a_legislatura_-2025-2028.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/490/projeto_de_lei_ordinaria-_fixacao_do_subsidio_do_prefeito-viceprefeito_e_dos_secretarios-quadrienio_2025-2028.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/491/autoriza_a_prefeitura_municipal_de_codajas-am_a_firmar_covenios_com_entidades_publicas_e_privadas_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/492/projeto_de_lei_ordinaria-_institui_o_dia_municipal_do_estivador_no_municipio_de_codajas-am.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/493/projeto_de_lei_ordinaria-_a_criacao_do__programa_municipal_de_certificacao__selo_arte__-.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/494/projeto_de_lei_ordinaria-_protecao_e_bem-estar_dos_animais_no_municipio-.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/506/projeto_de_lei-_dispoe_sobre_a_obrigatoriedade_de_premiacao_igualitaria_para_homens_e_mulheres_em_competicoes_.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/507/projeto_de_lei-_dispooe_sobre_a_instituicao_do_dia_do_cristao_no_municipio_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/508/projeto_de_lei-_estima_a_receita_e_fixa_a_despesa_do_orcamento_anual_do_municipio_de_codajas_para_o_exercicio_financeiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/509/projeto_de_lei_n_dispoe_sobre_o_plano_municipal_de_cultura_pmc_do_municipio_de_codajas_estado_do_amazonas_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/512/projeto_de_lei_n-2024-_estabelece_criterios_para_a_fixacao_de_diarias_aos_membros_do_poder_legislativo_municipal_de_codajas_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/404/pjlc.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/453/n.001.2024-projeto_de_resolucao-.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/510/projeto_de_resolucao_legislativa_no_0022024.-altera_os_arts._6_e_7_e_paragrafos_do_regimento_interno_da_camara_municipal_de_codajasam_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/403/document_20240319_0001.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/406/document_20240223_0003.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/407/document_20240307_0005.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/408/document_20240223_0005.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/409/document_20240223_0004.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/410/document_20240223_0002.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/411/document_20240223_0001.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/412/document_20240307_0008.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/413/document_20240318_0001.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/414/document_20240322_0001.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/422/document_20240405_0002.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/452/document_20240410_0002.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/464/document_20240605_0023.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/465/document_20240605_0022.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/466/document_20240605_0021.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/467/document_20240605_0020.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/468/document_20240605_0019.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/470/document_20240605_0017.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/471/document_20240605_0016.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/472/document_20240605_0015.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/473/document_20240605_0013.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/474/document_20240605_0014.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/475/document_20240605_0012.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/476/document_20240605_0013.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/477/document_20240605_0012.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/478/document_20240605_0009.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/479/document_20240605_0010.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/480/document_20240605_0010.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/481/document_20240605_0011.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/483/document_20240612_0004.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/484/document_20240612_0005_1.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/488/document_20240618_0001.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/495/document_20240702_0002_1.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/496/document_20240702_0001_1.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/497/document_20240715_0001.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/498/document_20240729_0005.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/500/document_20240820_0004.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/501/document_20240820_0005.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/514/indicacao_eliangel0.01.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/515/indicacao_eliangelo.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/516/indicacao_maria_de_matos.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/423/projeto_de_decreto_legislativo-_alzinete_lopes_sobrinho.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/430/projeto_de_decreto_legislativo-jose_antonio_carodoso_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/432/projeto_de_decreto_legislativo-_pablo_oliva_souza.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/435/projeto_de_decreto_legislativo-vinicius_picanco_lopes.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/439/002-2024-projeto_de_decreto_legislativo-_jeimeson_caldas_liradocument_20240408_0004.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/442/001-2024-projeto_de_decreto_legislativo-_francisco_de_jesus_ferreira.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/443/projeto_de_decreto_legislativo-_yara_amazonia_lins_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/444/projeto_de_decreto_legislativo-_fausto_vieira_dos_santos_junior.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/445/001-2024-projeto_de_decreto_legislativo-_francisco_de_jesus_ferreira.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/446/projeto_de_decreto_legislatico-_carlos_eduardo_brga.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/447/projeto_de_decreto_legislativo-_omar.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/448/dereto_de_projeto_legislativo-_waldemir.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/449/projeto_de_decreto_legislativo-_dulcira.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/450/dereto_de_projeto_legislativo-_waldemir.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/451/015-2024-projeto_de_decreto_legislativo-_dr.alberto_rodrigues_do_nascimento_junior.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/456/projeto_de_decreto_legislativo-_titulo_de_cidada-_dra._ana_cristina_de_oliveira_reboucas.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/457/projeto_de_decreto_legislativo-titulo_de_cidadao-_jorge_elias_costa_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/458/projeto_de_decreto_legislativo-titulo_de_cidadao_honorario-_francisco_da_silva_dantas.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/459/projeto_de_decreto_legislativo-_titulo_de_cidadao_honorario-_eli_gomes_de_farias.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/502/projeto_de_decreto_legislativo_no_004-2024-_autorga_a_defesa_civil_do_municipio_o_certificado_de_honra_ao_merito_.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/503/projeto_de_decreto_legislativo_no_005-2024-autorga_a_equipe_de_trabalho_de_abertura_dos_ramais_de_codajas_o_certificado_de_honra_ao_merito.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/504/projeto_de_decreto_legislativo_no_004-2024-_autorga_a_equipe_de_limpeza_publica_de_codajas_o_certificado_de_honra_ao_merito-.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/505/projeto_de_decreto_legislativo_n_005-2024-_autorga_a_equipe_de_saude_envolvida_nos_multiroes_de_cirurgias_eletivas_no_hospital_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/513/projeto_de_lei_no-2024-_outorga_o_diploma_de_honra_ao_merito_a_ivane_araujo_sampaio..pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/402/plo_001.2024.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/415/pjlo_002.2024.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/416/pjlo_003.2024.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/417/pjlo_004.2024.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/418/pjlo_005.2024.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/419/pjlo_006.2024.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/420/pjlo_007.2024.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/455/projeto_de_lei-politica_municipal_de_educacao_integral_da_rede_municipal-.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/460/projeto_de_decreto_legislativo-sim-constituicao_do_servico_de_inspencao_municipal_de_produtos_de_origem_animal_no_municipio_de_codajas-am.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/482/projeto_de_lei-_desincorporacao_especifica_de_bens_moveis_inserviveis_da_camara_municipal_de_codajas.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/485/projeto_e_lei_-_institui_a_politica_municipal_de_associativismo_e_cooperativismo_no_municipio.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/486/projeto_de_lei-_componentes_municipais_do_sistema_nacional_de_seguranca_alimentar_e_nutricional_.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/487/projeto_de_lei_-_dispoe_sobre_as_diretrizes_para_a_elaboracao_da_lei_orcamentaria_de_2025_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/489/projeto_de_lei_ordinaria-_fixacao_do_subsidio_dos_vereadores_para_a_16a_legislatura_-2025-2028.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/490/projeto_de_lei_ordinaria-_fixacao_do_subsidio_do_prefeito-viceprefeito_e_dos_secretarios-quadrienio_2025-2028.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/491/autoriza_a_prefeitura_municipal_de_codajas-am_a_firmar_covenios_com_entidades_publicas_e_privadas_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/492/projeto_de_lei_ordinaria-_institui_o_dia_municipal_do_estivador_no_municipio_de_codajas-am.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/493/projeto_de_lei_ordinaria-_a_criacao_do__programa_municipal_de_certificacao__selo_arte__-.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/494/projeto_de_lei_ordinaria-_protecao_e_bem-estar_dos_animais_no_municipio-.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/506/projeto_de_lei-_dispoe_sobre_a_obrigatoriedade_de_premiacao_igualitaria_para_homens_e_mulheres_em_competicoes_.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/507/projeto_de_lei-_dispooe_sobre_a_instituicao_do_dia_do_cristao_no_municipio_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/508/projeto_de_lei-_estima_a_receita_e_fixa_a_despesa_do_orcamento_anual_do_municipio_de_codajas_para_o_exercicio_financeiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/509/projeto_de_lei_n_dispoe_sobre_o_plano_municipal_de_cultura_pmc_do_municipio_de_codajas_estado_do_amazonas_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/512/projeto_de_lei_n-2024-_estabelece_criterios_para_a_fixacao_de_diarias_aos_membros_do_poder_legislativo_municipal_de_codajas_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/404/pjlc.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/453/n.001.2024-projeto_de_resolucao-.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/510/projeto_de_resolucao_legislativa_no_0022024.-altera_os_arts._6_e_7_e_paragrafos_do_regimento_interno_da_camara_municipal_de_codajasam_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/403/document_20240319_0001.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/406/document_20240223_0003.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/407/document_20240307_0005.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/408/document_20240223_0005.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/409/document_20240223_0004.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/410/document_20240223_0002.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/411/document_20240223_0001.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/412/document_20240307_0008.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/413/document_20240318_0001.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/414/document_20240322_0001.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/422/document_20240405_0002.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/452/document_20240410_0002.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/464/document_20240605_0023.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/465/document_20240605_0022.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/466/document_20240605_0021.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/467/document_20240605_0020.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/468/document_20240605_0019.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/470/document_20240605_0017.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/471/document_20240605_0016.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/472/document_20240605_0015.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/473/document_20240605_0013.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/474/document_20240605_0014.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/475/document_20240605_0012.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/476/document_20240605_0013.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/477/document_20240605_0012.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/478/document_20240605_0009.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/479/document_20240605_0010.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/480/document_20240605_0010.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/481/document_20240605_0011.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/483/document_20240612_0004.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/484/document_20240612_0005_1.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/488/document_20240618_0001.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/495/document_20240702_0002_1.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/496/document_20240702_0001_1.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/497/document_20240715_0001.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/498/document_20240729_0005.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/500/document_20240820_0004.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/501/document_20240820_0005.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/514/indicacao_eliangel0.01.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/515/indicacao_eliangelo.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2024/516/indicacao_maria_de_matos.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H98"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="227.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="226.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>