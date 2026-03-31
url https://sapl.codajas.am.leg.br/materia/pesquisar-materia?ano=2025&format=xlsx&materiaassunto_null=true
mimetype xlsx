--- v0 (2025-12-08)
+++ v1 (2026-03-31)
@@ -54,818 +54,818 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>525</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>PROJETO DE DECRETO LEGISLATIVO</t>
   </si>
   <si>
     <t>CLEBERTON MARQUES ANTUNES</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/525/projeto_de_decreto_legislativo_01.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/525/projeto_de_decreto_legislativo_01.pdf</t>
   </si>
   <si>
     <t>Outorga a senhora CARLA MARIA SANTOS DOS REIS, o titulo de cidadã honorária do município de Codajás e dá outras providencias.</t>
   </si>
   <si>
     <t>526</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/526/projeto_de_decreto_legislativo_02.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/526/projeto_de_decreto_legislativo_02.pdf</t>
   </si>
   <si>
     <t>Outorga ao senhor ARNOLDO CAMANHO DE ASSIS, o titulo de cidadão honorário do município de Codajás e dá outras providencias.</t>
   </si>
   <si>
     <t>527</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>JOZENILSON LOPES DE PONTES</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/527/projeto_de_decreto_legislativo_03.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/527/projeto_de_decreto_legislativo_03.pdf</t>
   </si>
   <si>
     <t>Outorga ao senhor ANTONIO FERREIRA DOS SANTOS, o titulo de cidadão honorário do município de Codajás e dá outras providencias.</t>
   </si>
   <si>
     <t>531</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/</t>
+    <t>http://sapl.codajas.am.leg.br/media/</t>
   </si>
   <si>
     <t>OUTORGA AO SENHOR HERCILIO TENORIO DE BARROS FILHO, O FILHO DE CIDADÃO HONORARIO DO MUNICIPIO DE CODAJAS E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>534</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>VALCIFRAN DE ASSIS GONÇALVES</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/534/projeto_de_decreto_legislativo_05.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/534/projeto_de_decreto_legislativo_05.pdf</t>
   </si>
   <si>
     <t>CONCEDE AO SENHOR JEIMESON CALDAS LIRA, O DIPLOMA DE HONRA AO MÉRITO.</t>
   </si>
   <si>
     <t>552</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/552/dc_06.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/552/dc_06.pdf</t>
   </si>
   <si>
     <t>Concede a Senhora CINTINARA GARCIA ALENCAR, o diploma de HONRA AO MÉRITO.</t>
   </si>
   <si>
     <t>553</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/553/07.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/553/07.pdf</t>
   </si>
   <si>
     <t>Concede a Senhora MARIA DA CONCEIÇÃO FERREIRA DE SOUZA, o diploma de HONRA AO MÉRITO.</t>
   </si>
   <si>
     <t>554</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/554/08.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/554/08.pdf</t>
   </si>
   <si>
     <t>Concede a Senhora ELMA BRITO DA COSTA, o diploma de HONRA AO MÉRITO</t>
   </si>
   <si>
     <t>555</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/555/dc_09.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/555/dc_09.pdf</t>
   </si>
   <si>
     <t>Outorga a Senhora BELC MELRILIN TORRES CALHEIRO BRAGA, o título de cidadã honorária do município de Codajás e Concede o diploma de HONRA AO MÉRITO.</t>
   </si>
   <si>
     <t>556</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/556/10_0001.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/556/10_0001.pdf</t>
   </si>
   <si>
     <t>CONCEDE A SENHORA FRANCIMARA PENHA FREITAS, O DIPLOMA DE HONRA AO MÉRITO.</t>
   </si>
   <si>
     <t>557</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/557/11_0001.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/557/11_0001.pdf</t>
   </si>
   <si>
     <t>CONCEDE A SENHORA WALCILUCIA DA SILVA GONÇALVES, O DIPLOMA DE HONRA AO MÉRITO.</t>
   </si>
   <si>
     <t>558</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/558/12_0001.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/558/12_0001.pdf</t>
   </si>
   <si>
     <t>Concede ao Senhor JOSÉ AUGUSTO MORAES BARROS, o diploma de HONRA AO MÉRITO.</t>
   </si>
   <si>
     <t>559</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/559/13.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/559/13.pdf</t>
   </si>
   <si>
     <t>Concede ao Senhor RAIMUNDO MAGALHÃES DOS SANTOS, o diploma de HONRA AO MÉRITO.</t>
   </si>
   <si>
     <t>562</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>LUDIMILSON PAIVA DE SOUZA</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/562/projeto_decreto_no14.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/562/projeto_decreto_no14.pdf</t>
   </si>
   <si>
     <t>OUTORGA O TITULO DE CIDADÃO (ã) HONORARIO (a) DO MUNICIPIO DE CODAJAS E CONCEDE O DIPLOMA DE HONRA AO MÉRITO</t>
   </si>
   <si>
     <t>563</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/563/projeto_decreto_no15.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/563/projeto_decreto_no15.pdf</t>
   </si>
   <si>
     <t>CONCEDE DIPLOMA DE HONRA AO MÉRITO</t>
   </si>
   <si>
     <t>569</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>NICOLE KATLLEN DE SOUZA MIRANDA</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/569/projeto_de_lei_16.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/569/projeto_de_lei_16.pdf</t>
   </si>
   <si>
     <t>CONCEDE O DIPLOMA DE HONRA AO MÉRITO AOS ATLETAS E À COMISSÃO TÉCNICA DA SELEÇÃO CODAJAENSE DE FUTEBOL PELA CONQUISTA DA COPA DOS RIOS DO ANO DE 2008.</t>
   </si>
   <si>
     <t>572</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/572/raimundo_da_silva_abreu.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/572/raimundo_da_silva_abreu.pdf</t>
   </si>
   <si>
     <t>CONCEDE AO SENHOR RAIMUNDO DA SILVA ABREU FILHO, O DIPLOMA DE HONRA AO MÉRITO</t>
   </si>
   <si>
     <t>573</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/573/dc_18.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/573/dc_18.pdf</t>
   </si>
   <si>
     <t>CONCEDE AO SENHOR CLEBERTON MARQUES ANTUNES, O DIPLOMA DE HONRA AO MÉRITO</t>
   </si>
   <si>
     <t>574</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/574/projeto_decreto_-_marcos_jose.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/574/projeto_decreto_-_marcos_jose.pdf</t>
   </si>
   <si>
     <t>OUTORGA AO SENHOR MARCOS JOSE CARVALHO DE SOUZA, O TITULO DE CIDADÃO HONORARIO DO MUNICIPIO DE CODAJÁS E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>575</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/575/carlos_firmino.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/575/carlos_firmino.pdf</t>
   </si>
   <si>
     <t>OUTORGA AO SENHOIR CARLOS FIRMINO DANTAS, O TITULO DE CIDADÃO HONORÁRIO DO MUNICIPIO DE CODAJÁS E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>583</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/583/projeto_de_decreto_no21.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/583/projeto_de_decreto_no21.pdf</t>
   </si>
   <si>
     <t>Concede diploma de HONRA AO MÉRITO._x000D_
 JAQUELINE VIANA DA SILVA;_x000D_
 GERLIANE RODRIGUES DE OLIVEIRA_x000D_
 ELI GOMES DE FARIAS_x000D_
 CRISTIANE DE SOUZA MESQUITA</t>
   </si>
   <si>
     <t>591</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>JOÃO JOSÉ DA SILVA FILHO</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/591/pdl_22.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/591/pdl_22.pdf</t>
   </si>
   <si>
     <t>CONCEDE DIPLOMA DE HONRA AO MÉRITO AOS BIOMÉDICOS DO MUNICIPIO DE CODAJAS</t>
   </si>
   <si>
     <t>540</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA</t>
   </si>
   <si>
     <t>PREFEITO</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/540/projeto_reorganizacao_administrativa.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/540/projeto_reorganizacao_administrativa.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REORGANIZAÇÃO DA ESTRUTURA ADMINISTRATIVA DO PODER EXECUTIVO DO MUNICÍPIO DE CODAJÁS</t>
   </si>
   <si>
     <t>545</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONTRATAÇÃO DE PESSOAL POR TEMPO DETERMINADO, PARA ATENDER A NECESSIDADE TEMPORÁRIA, DE EXCEPCIONAL INTERESSE PÚBLICO, NOS ÓRGÃOS DA ADMINISTRAÇÃO DO PODER EXECUTIVO, COMO ESPECIFICA</t>
   </si>
   <si>
     <t>546</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/546/projeto_de_lei_atualizacao_da_autorizacao.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/546/projeto_de_lei_atualizacao_da_autorizacao.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a atualização da autorização para o Poder Executivo do Município de Codajás firmar convênios, acordos, ajustes, termos de cooperação e instrumentos congêneres com entes públicos e privados, e dá outras providências</t>
   </si>
   <si>
     <t>547</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/547/projeto_de_lei_no004_1.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/547/projeto_de_lei_no004_1.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre aumento de Carga Horária dos Professores Efetivos da Rede Municipal de Ensino de Codajás e dá outras providências</t>
   </si>
   <si>
     <t>549</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/549/projeto_de_lei_diretrizes_orcamentarias_2026.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/549/projeto_de_lei_diretrizes_orcamentarias_2026.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para elaboração da lei orçamentária de 2026 e dá outras providências.</t>
   </si>
   <si>
     <t>535</t>
   </si>
   <si>
     <t>ALINE DAIANE ROSA DE SOUZA</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/535/projeto_de_lei_ordinaria_aline.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/535/projeto_de_lei_ordinaria_aline.pdf</t>
   </si>
   <si>
     <t>DECLARA A COOPERATIVA AGROPECUARIA DE CODAJAS- COOPCOD COMO ENTIDADE DE UTILIDADE PUBLICA NO MUNICIPIO DE CODAJAS E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>536</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/536/projeto_de_lei_municipal-_universidade_aberta_do_brasil.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/536/projeto_de_lei_municipal-_universidade_aberta_do_brasil.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO POLO UNIVERSITÁRIO DE APOIO PRESENCIAL DA UNIVERSIDADE ABERTA DO BRASIL DE CODAJÁS/AM</t>
   </si>
   <si>
     <t>548</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/548/projeto_de_lei_nicolly.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/548/projeto_de_lei_nicolly.pdf</t>
   </si>
   <si>
     <t>Institui a Semana da Mulher Rural no Município de Codajás, com o título "Mulheres do Açaí", e dá outras providências.</t>
   </si>
   <si>
     <t>560</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/560/projeto_de_lei-_familia_acolhedora.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/560/projeto_de_lei-_familia_acolhedora.pdf</t>
   </si>
   <si>
     <t>INSTITUI O SERVIÇO DE ACOLHIMENTO EM FAMÍLIA ACOLHEDORA PARA CRIANÇAS, ADOLESCENTES E PESSOAS COM DEFICIÊNCIA</t>
   </si>
   <si>
     <t>570</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/570/projeto_de_lei_10.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/570/projeto_de_lei_10.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A FIXAÇÃO DOS VALORES DAS DIÁRIAS CONCEDIDAS AOS VEREADORES E SERVIDORES DO PODER LEGISLATIVO DO MUNICIPIO DE CODAJÁS, ESTABELECE REGRAS PARA SUA CONCESSÃO E PRESTAÇÃO DE CONTAS.</t>
   </si>
   <si>
     <t>571</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/571/primeiros_socorros.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/571/primeiros_socorros.pdf</t>
   </si>
   <si>
     <t>Acrescenta ao Programa Municipal de Prevenção de Acidentes e Primeiros Socorros a obrigatoriedade de treinamento sobre anafilaxia e alergias alimentares, bem como a extensão do treinamento para as maternidades e durante as consultas de acompanhamento da criança, no âmbito do Município de_x000D_
 Codajás.</t>
   </si>
   <si>
     <t>576</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/576/projeto_de_lei_no12.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/576/projeto_de_lei_no12.pdf</t>
   </si>
   <si>
     <t>Cria os componentes municipais do Sistema de Segurança Alimentar e Nutricional - SISAN do Município de Codajás, define parâmetros para a elaboração e implementação do Plano Municipal de Segurança Alimentar e Nutricional e dá outras providências</t>
   </si>
   <si>
     <t>577</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/577/ppa.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/577/ppa.pdf</t>
   </si>
   <si>
     <t>dispoe sobre o plano plurianual do municipio de codajás para o periodo de 2026-2029</t>
   </si>
   <si>
     <t>578</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/578/projeto_de_lei_no14.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/578/projeto_de_lei_no14.pdf</t>
   </si>
   <si>
     <t>INSTITUI O SELO DE IDENTIFICAÇÃO E PROCEDENCIA DO AÇAI NO MUNICIPIO DE CODAJÁS E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>590</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/590/projeto_de_lei_orcamentaria_2026.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/590/projeto_de_lei_orcamentaria_2026.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei que ESTIMA A RECEITA E FIXA A DESPESA DO ORÇAMENTO ANUAL DO MUNICÍPIO DE CODAJÁS para o exercício financeiro de 2026</t>
   </si>
   <si>
     <t>539</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR</t>
   </si>
   <si>
     <t>CLEBERTON MARQUES ANTUNES, JOZENILSON LOPES DE PONTES, NELISON RIBEIRO SECUNDINO, NICOLE KATLLEN DE SOUZA MIRANDA, ROBERTO SILVIO MARQUES VENANCIO</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O REAJUSTE DO VENCIMENTO-BASE DOS SERVIDORES DO PODER LEGISLATIVO DE CODAJÁS.</t>
   </si>
   <si>
     <t>522</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/522/plc_002.2025.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/522/plc_002.2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O ESTATUTO DOS SERVIDORES PÚBLICOS DO MUNICÍPIO DE CODAJÁS E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>541</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/541/projeto_de_lei_municipal-_cargos_educacao.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/541/projeto_de_lei_municipal-_cargos_educacao.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PLANO DE CARGOS, CARREIRA E REMUNERAÇÕES DOS SERVIDORES DA EDUCAÇÃO DO MUNICÍPIO DE CODAJÁS/AM, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>542</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/542/projeto_de_lei_municipal-_cargos_saude.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/542/projeto_de_lei_municipal-_cargos_saude.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PLANO DE CARGOS, CARREIRA E REMUNERAÇÕES DOS SERVIDORES DA SAUDE DO MUNICÍPIO DE CODAJÁS/AM, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>543</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/543/projeto_de_lei_municipal-_cargos_assistencia_social_1.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/543/projeto_de_lei_municipal-_cargos_assistencia_social_1.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PLANO DE CARGOS, CARREIRA E REMUNERAÇÕES DOS SERVIDORES DA ASSISTENCIA SOCIAL DO MUNICÍPIO DE CODAJÁS/AM, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>544</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/544/projeto_de_lei_municipal-_cargos_administrativos_1.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/544/projeto_de_lei_municipal-_cargos_administrativos_1.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PLANO DE CARGOS, CARREIRA E REMUNERAÇÕES DOS SERVIDORES DA ADMINISTRATIVO DO MUNICÍPIO DE CODAJÁS/AM, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>538</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/538/projeto_de_lei_municipal-_cargos_educacao_2.1.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/538/projeto_de_lei_municipal-_cargos_educacao_2.1.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DO ANEXO I DO PLANO DE CARGOS, CARREIRA E REMUNERAÇÃO DOS SERVIDORES DA EDUCAÇÃO DO MUNICIPIO DE CODAJÁS/AM, E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>537</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/537/projeto_de_lei_municipal-_cargos_administrativos_2.1.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/537/projeto_de_lei_municipal-_cargos_administrativos_2.1.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DO ANEXO VI DO PLANO DE CARGOS, CARREIRA E REMUNERAÇÃO DOS SERVIDORES ADMINISTRATIVOS DO MUNICIPIO DE CODAJÁS/AM, E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>580</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/580/projeto_de_lei_-_alteracao.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/580/projeto_de_lei_-_alteracao.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DO ANEXO VI DO PLANO DE CARGOS, CARREIRA E REMUNERAÇÕES DOS SERVIDORES ADMINISTRATIVOS DO MUNICIPIO DE CODAJÁS/AM, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>584</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/584/pjlc_pccr_educacao.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/584/pjlc_pccr_educacao.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PLANO DE CARGOS, CARREIRA E_x000D_
 REMUNERAÇÕES DOS SERVIDORES D A EDUCAÇÃO_x000D_
 DO MUNICÍPIO DE CODAJÁS/AM, E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>585</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/585/pjlc_pccr_assistencia_social.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/585/pjlc_pccr_assistencia_social.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PLANO DE CARGOS, CARREIRA E_x000D_
 REMUNERAÇÕES DOS SERVIDORES D A ASSISTENCIA_x000D_
 SOCIAL DO MUNICÍPIO D E CODAJÁS/AM, E DÁ_x000D_
 OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>586</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/586/pjlc_pccr_saude.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/586/pjlc_pccr_saude.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PLANO DE CARGOS, CARREIRA E_x000D_
 REMUNERAÇÕES DOS SERVIDORES DA SAÚDE DO_x000D_
 MUNICÍPIO DE CODAJÁS/AM, E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>587</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/587/pjlc_pccr_administrativo.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/587/pjlc_pccr_administrativo.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DOS ANEXOS II E VI DO_x000D_
 PLANO DE CARGOS, CARREIRA E REMUNERAÇÕES_x000D_
 DOS SERVIDORES ADMINISTRATIVOS DO MUNICIPIO_x000D_
 DE CODAJÁS/AM, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>517</t>
   </si>
   <si>
     <t>INDIC</t>
   </si>
   <si>
     <t>INDICAÇÃO VEREADOR(A)</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/517/indicacao_01_cleberton.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/517/indicacao_01_cleberton.pdf</t>
   </si>
   <si>
     <t>INDICA AOCHEFE DO PODER EXECUTIVO MUNICIPALA NECESSIDADE DE CONCRETAGEM DE RUAS REI SAUL E REI SALOMÃO NO BAIRRO NOVA CONQUISTA</t>
   </si>
   <si>
     <t>519</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/519/indicacao_02_aline_daiane.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/519/indicacao_02_aline_daiane.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE CONSTRUÇÃO DE UMA ESCOLA E A INSTALAÇÃO DE UMA CAIXA D'AGUA NA COMUNIDADE RURAL DE SACAMBÚ GRANDE</t>
   </si>
   <si>
     <t>520</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/520/indicacao_03_aline_daiane.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/520/indicacao_03_aline_daiane.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE CRIAÇÃO DO CENTRO MUNICIPAL DE REFERÊNCIA AO AUTISMO E DA PESSOA COM DEFICIÊNCIA NO MUNICIPIO DE CODAJAS.</t>
   </si>
   <si>
     <t>521</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/521/indicacao_04_aline.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/521/indicacao_04_aline.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO AO EXECENTISSIMO SENHO PREFEITO MUNICIPAL A NECESSIDADE DE ADQUIRIR UM VEICULO COM PISO BAIXO, ADAPTADO PARA O TRANSPORTE DE IDOSOS E PRSSOAS COM DEFICIÊNCIA NO MUNICIPIO DE CODAJÀS.</t>
   </si>
   <si>
     <t>523</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/523/indicacao_05_cleberton.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/523/indicacao_05_cleberton.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE REFORMA DA QUADRA COBERTA DO DISTRITO DO MURITUBA</t>
   </si>
   <si>
     <t>524</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE REFORMA NA CASA DE FARINHA NO BAIRRO DO LAGUINHO</t>
   </si>
   <si>
     <t>528</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/528/indicacao_07_aline.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/528/indicacao_07_aline.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE DISPONIBILIZAR UM TÉCNICO (MEDICO VETERINARIO) PARA CADASTRO NA ADF</t>
   </si>
   <si>
     <t>529</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/529/indicacao_08_aline.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/529/indicacao_08_aline.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE DISPONIBILIZAR UM SERVIDOR PARA EMISSÃO DE GTA E CADASTRO DE CRIADORES E DE PROPRIEDADES</t>
   </si>
   <si>
     <t>530</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/530/indicacao_09_cleberton.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/530/indicacao_09_cleberton.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE REPAROS NA RUA EDUARDO RIBEIRO</t>
   </si>
   <si>
     <t>532</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO A CONSTRUÇÃO DE UMA PRAÇA DE ALIMENTAÇÃO TEMATICA VOLTADA AO AÇAI NO MUNICIPIO DE CODAJÁS.</t>
   </si>
   <si>
     <t>533</t>
   </si>
   <si>
     <t>NELISON RIBEIRO SECUNDINO, JOÃO JOSÉ DA SILVA FILHO</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/533/indicacao_11_nelison_e_joao.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/533/indicacao_11_nelison_e_joao.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE IMPLANTAÇÃO DE UM POLO DA UNIVERSIDADE ABERTA DO BRASIL.</t>
   </si>
   <si>
     <t>550</t>
   </si>
   <si>
     <t>LUDIMILSON PAIVA DE SOUZA, NICOLE KATLLEN DE SOUZA MIRANDA</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/550/indicacao_12_ludmilson_e_nicolle.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/550/indicacao_12_ludmilson_e_nicolle.pdf</t>
   </si>
   <si>
     <t>INDICAM AO CHEFE DO PODER EXECUTIVO MUNICIPAL A IMPLEMENTAÇÃO COM URGENCIA DO PROGRAMA FAMILIA ACOLHEDORA NO MUNICIPIO DE CODAJÁS/AM</t>
   </si>
   <si>
     <t>551</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/551/indicacao_13_ludmilson.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/551/indicacao_13_ludmilson.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL A INSTITUIÇÃO DO 14º E 15º SALÁRIO AOS PROFISSIONAIS DA EDUCAÇÃO DA REDE MUNICIPIAL DE ENSINO DE CODAJÁS/AM QUE ATINGIREM METAS PREESTABELECIDAS.</t>
   </si>
   <si>
     <t>561</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/561/indicacao_no14_jozenilson.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/561/indicacao_no14_jozenilson.pdf</t>
   </si>
   <si>
     <t>MELHORIAS NA ORGANIZAÇÃO DA OLETA DE LIXO NO MUNICIPIO E CAMPANHA DE CONSCIENTIZAÇÃO</t>
   </si>
   <si>
     <t>564</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL DE AÇÕES NA RUA BONDADE NO NOVA CONQUISTA II</t>
   </si>
   <si>
     <t>565</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/565/indicacao_01-_silvio.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/565/indicacao_01-_silvio.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO A NECESSIDADE DE CONSTRUÇÃO DE UM CENTRO DE APOIO MULTIPROFISSIONAL PARA CRIANÇAS E FAMILIAS COM TEA E TDAH, DISLEXIA E OUTROS.</t>
   </si>
   <si>
     <t>566</t>
   </si>
   <si>
     <t>ROBERTO SILVIO MARQUES VENANCIO</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO A NECESSIDADE DE REFORMA E AMPLIAÇÃO DA QUADRA DE ESPORTE MENTON ALENCAR PARA USO DAS ESCOLAS CRIANÇA FELIZ  E RODRIGO COSTA</t>
   </si>
   <si>
     <t>567</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/567/indicacao_03_-_silvio.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/567/indicacao_03_-_silvio.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO A NECESSIDADE DE DISPONIBILIZAR O TERRENO LOCALIZADO NA RUA BADAJÓS E RUA 05 DE SETEMBRO (TERRENO DA TV AMAZONIA) PARA A CONSTRUÇÃO DE UM GINÁSIO POLIESPORTIVO MUNICIPAL</t>
   </si>
   <si>
     <t>568</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL A IMPLANTAÇÃO DE UMA SALA DE BRINQUEDOTECA NO HOSPITAL MUNICIPAL DE CODAJAS, DESTINADA ÀS CRIANÇAS EM PERIODO DE ESPERA PARA ATENDIMENTO PEDIÁTRICO.</t>
   </si>
   <si>
     <t>579</t>
   </si>
   <si>
     <t>Indica ao poder executivo municipal a adoção de medidas de melhorias na infraestrutura educacional, de abastecimento de agua e de lazer no distrito do Murituba.</t>
   </si>
   <si>
     <t>581</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/581/indicacao_aline_setembro.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/581/indicacao_aline_setembro.pdf</t>
   </si>
   <si>
     <t>sugere ao poder executivo municipal que firme parceria institucional com a sala do empreendedor do SEBRA, visando fortalecer o ambiente de negócios e fomentar o desenvolvimento econômico local.</t>
   </si>
   <si>
     <t>582</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/582/indicacao_joao.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/582/indicacao_joao.pdf</t>
   </si>
   <si>
     <t>solicita do poder executivo municipal a construção de um salão de velório com duas salas.</t>
   </si>
   <si>
     <t>588</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A IMPLANTAÇÃO DE PONTOS DE APOIO PARA MOTO-TAXISTA NOS PRINCIPAIS BAIRROS DA CIDADE DE CODAJÁS/AM</t>
   </si>
   <si>
     <t>589</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/589/indicacao_aline_29.09.pdf</t>
+    <t>http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/589/indicacao_aline_29.09.pdf</t>
   </si>
   <si>
     <t>INDICA ao Excelentíssimo Senhor Prefeito Municipal de Codajás que sejam adotadas as providências necessárias para que o Município adira ao Programa dos Grupamentos Integrados de Combate a Incêndio e Proteção Civil - GCIP, desenvolvido pelo Corpo de Bombeiros Militar do Estado do Amazonas.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1172,68 +1172,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/525/projeto_de_decreto_legislativo_01.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/526/projeto_de_decreto_legislativo_02.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/527/projeto_de_decreto_legislativo_03.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/534/projeto_de_decreto_legislativo_05.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/552/dc_06.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/553/07.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/554/08.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/555/dc_09.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/556/10_0001.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/557/11_0001.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/558/12_0001.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/559/13.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/562/projeto_decreto_no14.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/563/projeto_decreto_no15.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/569/projeto_de_lei_16.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/572/raimundo_da_silva_abreu.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/573/dc_18.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/574/projeto_decreto_-_marcos_jose.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/575/carlos_firmino.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/583/projeto_de_decreto_no21.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/591/pdl_22.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/540/projeto_reorganizacao_administrativa.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/546/projeto_de_lei_atualizacao_da_autorizacao.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/547/projeto_de_lei_no004_1.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/549/projeto_de_lei_diretrizes_orcamentarias_2026.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/535/projeto_de_lei_ordinaria_aline.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/536/projeto_de_lei_municipal-_universidade_aberta_do_brasil.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/548/projeto_de_lei_nicolly.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/560/projeto_de_lei-_familia_acolhedora.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/570/projeto_de_lei_10.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/571/primeiros_socorros.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/576/projeto_de_lei_no12.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/577/ppa.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/578/projeto_de_lei_no14.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/590/projeto_de_lei_orcamentaria_2026.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/522/plc_002.2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/541/projeto_de_lei_municipal-_cargos_educacao.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/542/projeto_de_lei_municipal-_cargos_saude.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/543/projeto_de_lei_municipal-_cargos_assistencia_social_1.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/544/projeto_de_lei_municipal-_cargos_administrativos_1.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/538/projeto_de_lei_municipal-_cargos_educacao_2.1.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/537/projeto_de_lei_municipal-_cargos_administrativos_2.1.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/580/projeto_de_lei_-_alteracao.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/584/pjlc_pccr_educacao.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/585/pjlc_pccr_assistencia_social.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/586/pjlc_pccr_saude.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/587/pjlc_pccr_administrativo.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/517/indicacao_01_cleberton.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/519/indicacao_02_aline_daiane.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/520/indicacao_03_aline_daiane.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/521/indicacao_04_aline.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/523/indicacao_05_cleberton.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/528/indicacao_07_aline.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/529/indicacao_08_aline.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/530/indicacao_09_cleberton.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/533/indicacao_11_nelison_e_joao.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/550/indicacao_12_ludmilson_e_nicolle.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/551/indicacao_13_ludmilson.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/561/indicacao_no14_jozenilson.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/565/indicacao_01-_silvio.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/567/indicacao_03_-_silvio.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/581/indicacao_aline_setembro.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/582/indicacao_joao.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/589/indicacao_aline_29.09.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/525/projeto_de_decreto_legislativo_01.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/526/projeto_de_decreto_legislativo_02.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/527/projeto_de_decreto_legislativo_03.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/534/projeto_de_decreto_legislativo_05.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/552/dc_06.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/553/07.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/554/08.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/555/dc_09.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/556/10_0001.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/557/11_0001.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/558/12_0001.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/559/13.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/562/projeto_decreto_no14.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/563/projeto_decreto_no15.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/569/projeto_de_lei_16.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/572/raimundo_da_silva_abreu.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/573/dc_18.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/574/projeto_decreto_-_marcos_jose.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/575/carlos_firmino.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/583/projeto_de_decreto_no21.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/591/pdl_22.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/540/projeto_reorganizacao_administrativa.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/546/projeto_de_lei_atualizacao_da_autorizacao.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/547/projeto_de_lei_no004_1.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/549/projeto_de_lei_diretrizes_orcamentarias_2026.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/535/projeto_de_lei_ordinaria_aline.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/536/projeto_de_lei_municipal-_universidade_aberta_do_brasil.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/548/projeto_de_lei_nicolly.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/560/projeto_de_lei-_familia_acolhedora.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/570/projeto_de_lei_10.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/571/primeiros_socorros.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/576/projeto_de_lei_no12.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/577/ppa.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/578/projeto_de_lei_no14.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/590/projeto_de_lei_orcamentaria_2026.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/522/plc_002.2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/541/projeto_de_lei_municipal-_cargos_educacao.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/542/projeto_de_lei_municipal-_cargos_saude.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/543/projeto_de_lei_municipal-_cargos_assistencia_social_1.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/544/projeto_de_lei_municipal-_cargos_administrativos_1.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/538/projeto_de_lei_municipal-_cargos_educacao_2.1.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/537/projeto_de_lei_municipal-_cargos_administrativos_2.1.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/580/projeto_de_lei_-_alteracao.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/584/pjlc_pccr_educacao.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/585/pjlc_pccr_assistencia_social.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/586/pjlc_pccr_saude.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/587/pjlc_pccr_administrativo.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/517/indicacao_01_cleberton.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/519/indicacao_02_aline_daiane.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/520/indicacao_03_aline_daiane.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/521/indicacao_04_aline.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/523/indicacao_05_cleberton.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/528/indicacao_07_aline.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/529/indicacao_08_aline.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/530/indicacao_09_cleberton.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/533/indicacao_11_nelison_e_joao.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/550/indicacao_12_ludmilson_e_nicolle.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/551/indicacao_13_ludmilson.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/561/indicacao_no14_jozenilson.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/565/indicacao_01-_silvio.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/567/indicacao_03_-_silvio.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/581/indicacao_aline_setembro.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/582/indicacao_joao.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.codajas.am.leg.br/media/sapl/public/materialegislativa/2025/589/indicacao_aline_29.09.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H75"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="152.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="126.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="125.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>